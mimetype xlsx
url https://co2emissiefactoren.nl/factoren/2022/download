--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Factoren 2022 dd 11-10-2025" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Factoren 2022 dd 26-11-2025" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="6">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
@@ -535,51 +535,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="45.5" customWidth="1" min="1" max="1"/>
     <col width="13" customWidth="1" min="2" max="2"/>
     <col width="13" customWidth="1" min="3" max="3"/>
     <col width="13" customWidth="1" min="4" max="4"/>
     <col width="13" customWidth="1" min="5" max="5"/>
     <col width="19.5" customWidth="1" min="6" max="6"/>
     <col width="19.5" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1" ht="170" customHeight="1">
       <c r="A1" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="2" ht="30" customHeight="1">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>Factoren 2022 dd 11-10-2025</t>
+          <t>Factoren 2022 dd 26-11-2025</t>
         </is>
       </c>
     </row>
     <row r="3" ht="300" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Onderstaande lijst is gegenereerd van de website CO2emissiefactoren.nl. 
 In deze tabel staan alle CO2-emissiefactoren van het door u geselecteerde jaar, die geldig zijn in Nederland uitgedrukt in CO2-equivalenten. 
 Let op: de kolommen kunnen wisselende koppen hebben, 
 Meest gebruikelijk is Well to Wheel (WTW), Well to Tank (WTT), Tank to Wheel (TTW) en biogene emissies. 
 Welke emissiefactor u nodig hebt, is afhankelijk van het doel van de CO2-inventaris. 
 Achter elke factor is een link opgenomen, die verwijst naar de betreffende factor op de website. Via de website kunt u de historische ontwikkelingen in een factor volgen en de bronverwijzing opzoeken.
 Wij stellen het op prijs als u bij gebruik van de emissiefactoren een referentie opneemt naar www.CO2emissiefactoren.nl.</t>
         </is>
       </c>
     </row>
     <row r="4" ht="40" customHeight="1">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Brandstoffen energieopwekking</t>
         </is>
       </c>
     </row>
     <row r="5" ht="40" customHeight="1">
       <c r="A5" s="3" t="inlineStr">
@@ -7339,89 +7339,89 @@
         <v>8.800000000000001</v>
       </c>
       <c r="C262" s="11" t="n">
         <v>7.9</v>
       </c>
       <c r="D262" s="11" t="n">
         <v>0.9</v>
       </c>
       <c r="E262" t="inlineStr"/>
       <c r="F262" s="6" t="inlineStr">
         <is>
           <t>GJ</t>
         </is>
       </c>
       <c r="G262" t="n">
         <v>1000</v>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="39">
-    <mergeCell ref="B165:F165"/>
-[...1 lines deleted...]
-    <mergeCell ref="B126:F126"/>
+    <mergeCell ref="B78:F78"/>
+    <mergeCell ref="B155:F155"/>
+    <mergeCell ref="B112:F112"/>
+    <mergeCell ref="B49:F49"/>
+    <mergeCell ref="A173:H173"/>
+    <mergeCell ref="B61:F61"/>
+    <mergeCell ref="B213:F213"/>
+    <mergeCell ref="A77:H77"/>
+    <mergeCell ref="B21:F21"/>
+    <mergeCell ref="B104:F104"/>
+    <mergeCell ref="B133:F133"/>
+    <mergeCell ref="A4:H4"/>
+    <mergeCell ref="B234:F234"/>
+    <mergeCell ref="B249:F249"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A258:H258"/>
     <mergeCell ref="A132:H132"/>
-    <mergeCell ref="B249:F249"/>
     <mergeCell ref="B174:F174"/>
-    <mergeCell ref="B242:F242"/>
+    <mergeCell ref="A48:H48"/>
+    <mergeCell ref="B252:F252"/>
+    <mergeCell ref="A87:H87"/>
+    <mergeCell ref="B180:F180"/>
+    <mergeCell ref="B151:F151"/>
+    <mergeCell ref="B91:F91"/>
+    <mergeCell ref="B88:F88"/>
     <mergeCell ref="A185:H185"/>
     <mergeCell ref="B259:F259"/>
+    <mergeCell ref="B117:F117"/>
     <mergeCell ref="B186:F186"/>
-    <mergeCell ref="B49:F49"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="B165:F165"/>
     <mergeCell ref="B67:F67"/>
+    <mergeCell ref="B218:F218"/>
+    <mergeCell ref="B32:F32"/>
+    <mergeCell ref="B126:F126"/>
     <mergeCell ref="B5:F5"/>
-    <mergeCell ref="B180:F180"/>
-[...8 lines deleted...]
-    <mergeCell ref="B88:F88"/>
+    <mergeCell ref="B242:F242"/>
     <mergeCell ref="B14:F14"/>
-    <mergeCell ref="B252:F252"/>
-[...10 lines deleted...]
-    <mergeCell ref="B91:F91"/>
     <mergeCell ref="B96:F96"/>
-    <mergeCell ref="B234:F234"/>
-    <mergeCell ref="A87:H87"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H7" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H8" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H9" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H10" r:id="rId4"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H11" r:id="rId5"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H12" r:id="rId6"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H13" r:id="rId7"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H16" r:id="rId8"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H17" r:id="rId9"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H18" r:id="rId10"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H19" r:id="rId11"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H20" r:id="rId12"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H23" r:id="rId13"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H24" r:id="rId14"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H25" r:id="rId15"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H26" r:id="rId16"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H27" r:id="rId17"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H28" r:id="rId18"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H29" r:id="rId19"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H30" r:id="rId20"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H31" r:id="rId21"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H34" r:id="rId22"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H35" r:id="rId23"/>