--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Factoren 2022 dd 26-11-2025" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Factoren 2022 dd 11-01-2026" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="6">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
@@ -96,57 +96,57 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -500,7118 +500,7258 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/135/brandstoffen-energieopwekking-gasvormige-brandstoffen-aardgas-g-gas/" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/138/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gemiddeld/" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/139/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-covergisting/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/140/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gft-vergisting/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/141/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-rwzi-slib/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/137/brandstoffen-energieopwekking-gasvormige-brandstoffen-propaan/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/221/brandstoffen-energieopwekking-gasvormige-brandstoffen-biopropaan/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/146/brandstoffen-energieopwekking-houtige-biomassa-houtblokken-nl/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/142/brandstoffen-energieopwekking-houtige-biomassa-houtchips-nl/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/144/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-droge-industriele-reststroom-nl/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/145/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-vers-hout-nl/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/143/brandstoffen-energieopwekking-houtige-biomassa-houtshreds-nl/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/126/brandstoffen-energieopwekking-vaste-brandstoffen-antraciet/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/132/brandstoffen-energieopwekking-vaste-brandstoffen-bruinkool/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/127/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/128/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-cokeovens/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/129/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-hoogovens/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/130/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-bitumineus/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/131/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-sub-bitumineus/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/134/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-en-bruinkool-briketten/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/133/brandstoffen-energieopwekking-vaste-brandstoffen-turf/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/113/brandstoffen-energieopwekking-vloeibare-brandstoffen-aardgascondensaat/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/118/brandstoffen-energieopwekking-vloeibare-brandstoffen-bitumen/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/123/brandstoffen-energieopwekking-vloeibare-brandstoffen-chemisch-restgas/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/116/brandstoffen-energieopwekking-vloeibare-brandstoffen-ethaan/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/115/brandstoffen-energieopwekking-vloeibare-brandstoffen-leisteenolie/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/117/brandstoffen-energieopwekking-vloeibare-brandstoffen-naftas/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/124/brandstoffen-energieopwekking-vloeibare-brandstoffen-orimulsion/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/125/brandstoffen-energieopwekking-vloeibare-brandstoffen-overige-olien/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/114/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleum/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/120/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleumcokes/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/121/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderij-grondstoffen/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/122/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderijgas/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/112/brandstoffen-energieopwekking-vloeibare-brandstoffen-ruwe-aardolie/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/119/brandstoffen-energieopwekking-vloeibare-brandstoffen-smeerolien/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/57/brandstoffen-voertuigen-fossiele-brandstoffen-benzine-fossiel-e0/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/58/brandstoffen-voertuigen-fossiele-brandstoffen-diesel-fossiel-b0/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/59/brandstoffen-voertuigen-fossiele-brandstoffen-gtl-diesel/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/60/brandstoffen-voertuigen-fossiele-brandstoffen-cng-aardgas/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/61/brandstoffen-voertuigen-fossiele-brandstoffen-lng-aardgas/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/62/brandstoffen-voertuigen-fossiele-brandstoffen-lpg/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/63/brandstoffen-voertuigen-fossiele-brandstoffen-mdo-marine-diesel-oil/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/64/brandstoffen-voertuigen-fossiele-brandstoffen-hfo-heavy-fuel-oil/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/65/brandstoffen-voertuigen-fossiele-brandstoffen-kerosine-jet-a1/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/77/brandstoffen-voertuigen-fossiele-brandstoffen-waterstof-grijs/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/66/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-benzine-e10/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/67/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-diesel-b7/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/69/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-dieselvervanger-hvo30/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/68/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-benzinevervanger-e85/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/75/brandstoffen-voertuigen-hernieuwbare-brandstoffen-waterstof-groen/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/71/brandstoffen-voertuigen-hernieuwbare-brandstoffen-biodiesel-hvo/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/72/brandstoffen-voertuigen-hernieuwbare-brandstoffen-biodiesel-fame/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/73/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-cng-groengas/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/74/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-lng-groengas/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/70/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-ethanol-100/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/76/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-kerosine-saf/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/111/brandstoffen-voertuigen-hernieuwbare-brandstoffen-ad-blue-additief/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/51/elektriciteit-grijze-stroom/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/52/elektriciteit-stroom-onbekend-gridmix/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/53/elektriciteit-windkracht/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/55/elektriciteit-zonne-energie/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/54/elektriciteit-waterkracht/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/56/elektriciteit-biomassa/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/50/elektriciteit-stroometiket/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/52/94/goederenvervoer-bulk-en-stukgoederen-luchtvracht-luchtvaart-lange-afstand/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/86/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/84/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/85/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/88/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-gemiddeld-1500-3000-ton-rhk-groot-rijnschip/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/89/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-groot-5000-11000-ton-koppelverband-duwbak/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/87/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-klein-300-600-ton-spits-kempenaar/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/92/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/215/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/91/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/78/goederenvervoer-bulk-en-stukgoederen-wegvervoer-bestelauto-2-ton/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/79/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-10-ton/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/83/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/80/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-10-20-ton/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/81/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-20-ton-plus-aanhanger/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/82/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-zware-trekker-oplegger/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/97/goederenvervoer-containers-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/95/goederenvervoer-containers-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/96/goederenvervoer-containers-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/101/goederenvervoer-containers-watervervoer-binnenvaart-348-teu-koppelverband/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/98/goederenvervoer-containers-watervervoer-binnenvaart-40-teu-neo-kemp/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/99/goederenvervoer-containers-watervervoer-binnenvaart-96-teu-rijn-herne-kanaal/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/100/goederenvervoer-containers-watervervoer-binnenvaart-gemiddelde-208-teu-groot-rijnschip/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/104/goederenvervoer-containers-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/218/goederenvervoer-containers-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/103/goederenvervoer-containers-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/106/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/107/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton-met-aanhanger/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/109/goederenvervoer-containers-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/108/goederenvervoer-containers-wegvervoer-vrachtwagen-trekker-met-oplegger-zwaar/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/14/koudemiddelen-blends-r404a/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/21/koudemiddelen-blends-r407a/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/22/koudemiddelen-blends-r407c/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/23/koudemiddelen-blends-r407f/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/24/koudemiddelen-blends-r410a/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/25/koudemiddelen-blends-r417a/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/26/koudemiddelen-blends-r422d/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/31/koudemiddelen-blends-r438a/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/32/koudemiddelen-blends-r448a/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/35/koudemiddelen-blends-r449a/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/36/koudemiddelen-blends-r450a/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/37/koudemiddelen-blends-r452a/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/38/koudemiddelen-blends-r452b/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/222/koudemiddelen-blends-r454c/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/40/koudemiddelen-blends-r507/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/41/koudemiddelen-blends-r513a/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/43/koudemiddelen-hcfks-r1233zd-z/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/10/koudemiddelen-hcfks-r22/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/15/koudemiddelen-hfcs-1234yf/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/20/koudemiddelen-hfcs-1234ze-z/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/16/koudemiddelen-hfcs-r125/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/17/koudemiddelen-hfcs-r134a/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/18/koudemiddelen-hfcs-r143a/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/12/koudemiddelen-hfcs-r23/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/19/koudemiddelen-hfcs-r245fa/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/13/koudemiddelen-hfcs-r32/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/30/koudemiddelen-overige-koudemiddelen-r290-propaan/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/42/koudemiddelen-overige-koudemiddelen-r600-butaan/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/44/koudemiddelen-overige-koudemiddelen-r600a-isobutaan/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/45/koudemiddelen-overige-koudemiddelen-r601a-isopentaan/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/46/koudemiddelen-overige-koudemiddelen-r717-ammoniak/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/47/koudemiddelen-overige-koudemiddelen-r744-co2/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/27/overige-emissies-lachgas-n2o/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/8/overige-emissies-methaan-ch4-niet-fossiel/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/28/overige-emissies-stikstof-trifluoride-nf3/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/29/overige-emissies-zwavel-hexafluoride-sf6/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/39/overige-emissies-anesthesiegassen-desfluraan-hfe-236ea2/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/34/overige-emissies-anesthesiegassen-isofluraan-hcfe-235da2/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/33/overige-emissies-anesthesiegassen-sevofluraan-hfe-347mmz1/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/147/personenvervoer-auto-gemiddelde-auto-brandstofsoort-onbekend/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/149/personenvervoer-auto-benzine-middel/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/154/personenvervoer-auto-diesel-middel/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/158/personenvervoer-auto-lpg-middel/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/161/personenvervoer-auto-cngaardgas-middel/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/163/personenvervoer-auto-bio-cng-gemiddeld/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/164/personenvervoer-auto-bio-ethanol-e85-gemiddeld/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/152/personenvervoer-auto-benzine-plug-in-hybride/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/194/personenvervoer-auto-biodiesel-hvo-100-gemiddeld/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/169/personenvervoer-auto-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/170/personenvervoer-auto-elektrisch-groene-stroom/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/168/personenvervoer-auto-elektrisch-grijze-stroom/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/166/personenvervoer-auto-waterstof-grijs-gemiddeld/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/167/personenvervoer-auto-waterstof-groen-gemiddeld/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/148/personenvervoer-auto-benzine-klein/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/150/personenvervoer-auto-benzine-groot/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/151/personenvervoer-auto-benzine-hybride/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/153/personenvervoer-auto-diesel-klein/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/155/personenvervoer-auto-diesel-groot/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/156/personenvervoer-auto-diesel-hybride/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/157/personenvervoer-auto-lpg-klein/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/159/personenvervoer-auto-lpg-groot/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/193/personenvervoer-auto-biodiesel-fame-100-gemiddeld/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/160/personenvervoer-auto-cngaardgas-klein/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/162/personenvervoer-auto-cngaardgas-groot/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/204/personenvervoer-minibus-max-8-personen-gemiddeld-reizigerskilometer/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/203/personenvervoer-minibus-max-8-personen-batterijelektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/172/personenvervoer-minibus-max-8-personen-diesel/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/177/personenvervoer-openbaar-vervoer-ov-algemeen-trein-bus-metro-tram/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/209/personenvervoer-openbaar-vervoer-bus-tram-metro-gemiddelde/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/178/personenvervoer-openbaar-vervoer-trein-gemiddelde-type-onbekend/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/196/personenvervoer-openbaar-vervoer-trein-elektrisch-groene-stroom/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/195/personenvervoer-openbaar-vervoer-trein-diesel/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/210/personenvervoer-openbaar-vervoer-trein-internationaal-gemiddelde-stroommix/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/182/personenvervoer-openbaar-vervoer-bus-gemiddeld-brandstof-onbekend/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/197/personenvervoer-openbaar-vervoer-bus-diesel/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/211/personenvervoer-openbaar-vervoer-bus-biodiesel-hvo100/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/198/personenvervoer-openbaar-vervoer-bus-groengas/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/185/personenvervoer-openbaar-vervoer-bus-elektrisch-groene-stroom/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/199/personenvervoer-openbaar-vervoer-bus-brandstofcelwaterstof/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/192/personenvervoer-openbaar-vervoer-metro-groene-stroom/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/187/personenvervoer-openbaar-vervoer-tram-groene-stroom/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/175/personenvervoer-touringcar-diesel-reizigerskilometer/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/207/personenvervoer-touringcar-hvo-100biodiesel-reizigerskilometer/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/205/personenvervoer-touringcar-batterijelektrisch-reizigerskilometer/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/176/personenvervoer-touringcar-diesel/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/208/personenvervoer-touringcar-hvo-100biodiesel/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/206/personenvervoer-touringcar-batterijelektrisch/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/202/personenvervoer-tweewielers-fiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/213/personenvervoer-tweewielers-bromfiets-gemiddeld/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/220/personenvervoer-tweewielers-bromfiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/201/personenvervoer-tweewielers-motor-gemiddeld-benzine/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/186/personenvervoer-tweewielers-motor-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/50/212/personenvervoer-veerboot-gemiddeld/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/200/personenvervoer-vliegtuig-gemiddelde-alle-afstanden/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/188/personenvervoer-vliegtuig-regionaal-700-km/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/189/personenvervoer-vliegtuig-europees-700-2500-km/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/190/personenvervoer-vliegtuig-intercontinentaal-2500-km/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/48/warmtelevering-gemiddelde-warmtenetten/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/49/warmtelevering-restwarmte-zonder-bijstook/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId194"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/57/brandstoffen-voertuigen-fossiele-brandstoffen-benzine-fossiel-e0/" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/58/brandstoffen-voertuigen-fossiele-brandstoffen-diesel-fossiel-b0/" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/59/brandstoffen-voertuigen-fossiele-brandstoffen-gtl-diesel/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/60/brandstoffen-voertuigen-fossiele-brandstoffen-cng-aardgas/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/61/brandstoffen-voertuigen-fossiele-brandstoffen-lng-aardgas/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/62/brandstoffen-voertuigen-fossiele-brandstoffen-lpg/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/63/brandstoffen-voertuigen-fossiele-brandstoffen-mdo-marine-diesel-oil/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/64/brandstoffen-voertuigen-fossiele-brandstoffen-hfo-heavy-fuel-oil/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/65/brandstoffen-voertuigen-fossiele-brandstoffen-kerosine-jet-a1/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/77/brandstoffen-voertuigen-fossiele-brandstoffen-waterstof-grijs/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/66/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-benzine-e10/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/67/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-diesel-b7/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/69/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-dieselvervanger-hvo30/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/68/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-benzinevervanger-e85/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/75/brandstoffen-voertuigen-hernieuwbare-brandstoffen-waterstof-groen/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/71/brandstoffen-voertuigen-hernieuwbare-brandstoffen-biodiesel-hvo/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/72/brandstoffen-voertuigen-hernieuwbare-brandstoffen-biodiesel-fame/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/73/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-cng-groengas/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/74/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-lng-groengas/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/70/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-ethanol-100/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/76/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-kerosine-saf/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/111/brandstoffen-voertuigen-hernieuwbare-brandstoffen-ad-blue-additief/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/146/brandstoffen-energieopwekking-houtige-biomassa-houtblokken-nl/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/142/brandstoffen-energieopwekking-houtige-biomassa-houtchips-nl/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/144/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-droge-industriele-reststroom-nl/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/145/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-vers-hout-nl/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/143/brandstoffen-energieopwekking-houtige-biomassa-houtshreds-nl/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/126/brandstoffen-energieopwekking-vaste-brandstoffen-antraciet/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/132/brandstoffen-energieopwekking-vaste-brandstoffen-bruinkool/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/127/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/128/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-cokeovens/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/129/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-hoogovens/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/130/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-bitumineus/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/131/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-sub-bitumineus/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/134/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-en-bruinkool-briketten/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/133/brandstoffen-energieopwekking-vaste-brandstoffen-turf/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/113/brandstoffen-energieopwekking-vloeibare-brandstoffen-aardgascondensaat/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/118/brandstoffen-energieopwekking-vloeibare-brandstoffen-bitumen/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/123/brandstoffen-energieopwekking-vloeibare-brandstoffen-chemisch-restgas/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/116/brandstoffen-energieopwekking-vloeibare-brandstoffen-ethaan/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/115/brandstoffen-energieopwekking-vloeibare-brandstoffen-leisteenolie/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/117/brandstoffen-energieopwekking-vloeibare-brandstoffen-naftas/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/124/brandstoffen-energieopwekking-vloeibare-brandstoffen-orimulsion/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/125/brandstoffen-energieopwekking-vloeibare-brandstoffen-overige-olien/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/114/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleum/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/120/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleumcokes/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/121/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderij-grondstoffen/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/122/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderijgas/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/112/brandstoffen-energieopwekking-vloeibare-brandstoffen-ruwe-aardolie/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/119/brandstoffen-energieopwekking-vloeibare-brandstoffen-smeerolien/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/135/brandstoffen-energieopwekking-gasvormige-brandstoffen-aardgas-g-gas/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/138/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gemiddeld/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/223/brandstoffen-energieopwekking-gasvormige-brandstoffen-groen-gas-monomestvergisting/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/224/brandstoffen-energieopwekking-gasvormige-brandstoffen-groen-gas-allesvergisting/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/141/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-slibvergisting-rwzi/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/137/brandstoffen-energieopwekking-gasvormige-brandstoffen-propaan/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/221/brandstoffen-energieopwekking-gasvormige-brandstoffen-biopropaan/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/139/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-covergisting/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/140/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gft-vergisting/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/51/elektriciteit-grijze-stroom/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/52/elektriciteit-stroom-onbekend-gridmix/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/53/elektriciteit-windkracht/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/55/elektriciteit-zonne-energie/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/54/elektriciteit-waterkracht/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/56/elektriciteit-biomassa/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/50/elektriciteit-stroometiket/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/48/warmtelevering-gemiddelde-warmtenetten/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/49/warmtelevering-restwarmte-zonder-bijstook/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/14/koudemiddelen-blends-r404a/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/21/koudemiddelen-blends-r407a/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/22/koudemiddelen-blends-r407c/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/23/koudemiddelen-blends-r407f/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/24/koudemiddelen-blends-r410a/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/25/koudemiddelen-blends-r417a/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/26/koudemiddelen-blends-r422d/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/31/koudemiddelen-blends-r438a/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/32/koudemiddelen-blends-r448a/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/35/koudemiddelen-blends-r449a/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/36/koudemiddelen-blends-r450a/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/37/koudemiddelen-blends-r452a/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/38/koudemiddelen-blends-r452b/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/222/koudemiddelen-blends-r454c/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/40/koudemiddelen-blends-r507/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/41/koudemiddelen-blends-r513a/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/43/koudemiddelen-hcfks-r1233zd-z/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/10/koudemiddelen-hcfks-r22/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/15/koudemiddelen-hfcs-1234yf/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/20/koudemiddelen-hfcs-1234ze-z/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/16/koudemiddelen-hfcs-r125/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/17/koudemiddelen-hfcs-r134a/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/18/koudemiddelen-hfcs-r143a/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/12/koudemiddelen-hfcs-r23/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/19/koudemiddelen-hfcs-r245fa/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/13/koudemiddelen-hfcs-r32/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/30/koudemiddelen-overige-koudemiddelen-r290-propaan/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/42/koudemiddelen-overige-koudemiddelen-r600-butaan/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/44/koudemiddelen-overige-koudemiddelen-r600a-isobutaan/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/45/koudemiddelen-overige-koudemiddelen-r601a-isopentaan/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/46/koudemiddelen-overige-koudemiddelen-r717-ammoniak/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/47/koudemiddelen-overige-koudemiddelen-r744-co2/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/27/overige-emissies-lachgas-n2o/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/8/overige-emissies-methaan-ch4-niet-fossiel/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/28/overige-emissies-stikstof-trifluoride-nf3/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/29/overige-emissies-zwavel-hexafluoride-sf6/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/39/overige-emissies-anesthesiegassen-desfluraan-hfe-236ea2/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/34/overige-emissies-anesthesiegassen-isofluraan-hcfe-235da2/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/33/overige-emissies-anesthesiegassen-sevofluraan-hfe-347mmz1/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/147/personenvervoer-auto-gemiddelde-auto-brandstofsoort-onbekend/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/149/personenvervoer-auto-benzine-middel/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/154/personenvervoer-auto-diesel-middel/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/158/personenvervoer-auto-lpg-middel/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/161/personenvervoer-auto-cngaardgas-middel/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/163/personenvervoer-auto-bio-cng-gemiddeld/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/164/personenvervoer-auto-bio-ethanol-e85-gemiddeld/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/152/personenvervoer-auto-benzine-plug-in-hybride-phev/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/194/personenvervoer-auto-biodiesel-hvo-100-gemiddeld/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/169/personenvervoer-auto-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/170/personenvervoer-auto-elektrisch-groene-stroom/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/168/personenvervoer-auto-elektrisch-grijze-stroom/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/166/personenvervoer-auto-waterstof-grijs-gemiddeld/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/167/personenvervoer-auto-waterstof-groen-gemiddeld/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/148/personenvervoer-auto-benzine-klein/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/150/personenvervoer-auto-benzine-groot/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/151/personenvervoer-auto-benzine-hybride/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/153/personenvervoer-auto-diesel-klein/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/155/personenvervoer-auto-diesel-groot/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/156/personenvervoer-auto-diesel-hybride/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/157/personenvervoer-auto-lpg-klein/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/159/personenvervoer-auto-lpg-groot/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/193/personenvervoer-auto-biodiesel-fame-100-gemiddeld/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/160/personenvervoer-auto-cngaardgas-klein/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/162/personenvervoer-auto-cngaardgas-groot/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/177/personenvervoer-openbaar-vervoer-ov-algemeen-trein-bus-metro-tram/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/209/personenvervoer-openbaar-vervoer-bus-tram-metro-gemiddelde/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/178/personenvervoer-openbaar-vervoer-trein-gemiddelde-type-onbekend/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/196/personenvervoer-openbaar-vervoer-trein-elektrisch-groene-stroom/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/195/personenvervoer-openbaar-vervoer-trein-diesel/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/210/personenvervoer-openbaar-vervoer-trein-internationaal-gemiddelde-stroommix/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/182/personenvervoer-openbaar-vervoer-bus-gemiddeld-brandstof-onbekend/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/197/personenvervoer-openbaar-vervoer-bus-diesel/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/211/personenvervoer-openbaar-vervoer-bus-biodiesel-hvo100/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/198/personenvervoer-openbaar-vervoer-bus-groengas/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/185/personenvervoer-openbaar-vervoer-bus-elektrisch-groene-stroom/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/199/personenvervoer-openbaar-vervoer-bus-brandstofcelwaterstof/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/192/personenvervoer-openbaar-vervoer-metro-groene-stroom/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/187/personenvervoer-openbaar-vervoer-tram-groene-stroom/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/175/personenvervoer-touringcar-diesel-reizigerskilometer/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/207/personenvervoer-touringcar-hvo-100biodiesel-reizigerskilometer/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/205/personenvervoer-touringcar-batterijelektrisch-reizigerskilometer/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/176/personenvervoer-touringcar-diesel/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/208/personenvervoer-touringcar-hvo-100biodiesel/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/206/personenvervoer-touringcar-batterijelektrisch/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/202/personenvervoer-tweewielers-fiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/213/personenvervoer-tweewielers-bromfiets-gemiddeld/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/220/personenvervoer-tweewielers-bromfiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/201/personenvervoer-tweewielers-motor-gemiddeld-benzine/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/186/personenvervoer-tweewielers-motor-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/200/personenvervoer-vliegtuig-gemiddelde-alle-afstanden/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/188/personenvervoer-vliegtuig-regionaal-700-km/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/189/personenvervoer-vliegtuig-europees-700-2500-km/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/190/personenvervoer-vliegtuig-intercontinentaal-2500-km/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/204/personenvervoer-minibus-max-8-personen-gemiddeld-reizigerskilometer/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/203/personenvervoer-minibus-max-8-personen-batterijelektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/172/personenvervoer-minibus-max-8-personen-diesel/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/50/212/personenvervoer-veerboot-gemiddeld/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/52/94/goederenvervoer-bulk-en-stukgoederen-luchtvracht-luchtvaart-lange-afstand/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/88/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-gemiddeld-1500-3000-ton-rhk-groot-rijnschip/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/89/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-groot-5000-11000-ton-koppelverband-duwbak/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/87/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-klein-300-600-ton-spits-kempenaar/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/92/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/215/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/91/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/78/goederenvervoer-bulk-en-stukgoederen-wegvervoer-bestelauto-2-ton/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/79/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-10-ton/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/83/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/80/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-10-20-ton/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/81/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-20-ton-plus-aanhanger/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/82/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-zware-trekker-oplegger/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/97/goederenvervoer-containers-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/95/goederenvervoer-containers-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/96/goederenvervoer-containers-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/86/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/84/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/85/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/101/goederenvervoer-containers-watervervoer-binnenvaart-348-teu-koppelverband/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/98/goederenvervoer-containers-watervervoer-binnenvaart-40-teu-neo-kemp/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/99/goederenvervoer-containers-watervervoer-binnenvaart-96-teu-rijn-herne-kanaal/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/100/goederenvervoer-containers-watervervoer-binnenvaart-gemiddelde-208-teu-groot-rijnschip/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/104/goederenvervoer-containers-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/218/goederenvervoer-containers-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/103/goederenvervoer-containers-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/106/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/107/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton-met-aanhanger/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/109/goederenvervoer-containers-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/108/goederenvervoer-containers-wegvervoer-vrachtwagen-trekker-met-oplegger-zwaar/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/57/225/afval-ongescheiden-afval-testfactor/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId197"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="45.5" customWidth="1" min="1" max="1"/>
     <col width="13" customWidth="1" min="2" max="2"/>
     <col width="13" customWidth="1" min="3" max="3"/>
     <col width="13" customWidth="1" min="4" max="4"/>
     <col width="13" customWidth="1" min="5" max="5"/>
     <col width="19.5" customWidth="1" min="6" max="6"/>
     <col width="19.5" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1" ht="170" customHeight="1">
       <c r="A1" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="2" ht="30" customHeight="1">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>Factoren 2022 dd 26-11-2025</t>
+          <t>Factoren 2022 dd 11-01-2026</t>
         </is>
       </c>
     </row>
     <row r="3" ht="300" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Onderstaande lijst is gegenereerd van de website CO2emissiefactoren.nl. 
 In deze tabel staan alle CO2-emissiefactoren van het door u geselecteerde jaar, die geldig zijn in Nederland uitgedrukt in CO2-equivalenten. 
 Let op: de kolommen kunnen wisselende koppen hebben, 
 Meest gebruikelijk is Well to Wheel (WTW), Well to Tank (WTT), Tank to Wheel (TTW) en biogene emissies. 
 Welke emissiefactor u nodig hebt, is afhankelijk van het doel van de CO2-inventaris. 
 Achter elke factor is een link opgenomen, die verwijst naar de betreffende factor op de website. Via de website kunt u de historische ontwikkelingen in een factor volgen en de bronverwijzing opzoeken.
 Wij stellen het op prijs als u bij gebruik van de emissiefactoren een referentie opneemt naar www.CO2emissiefactoren.nl.</t>
         </is>
       </c>
     </row>
     <row r="4" ht="40" customHeight="1">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>Brandstoffen energieopwekking</t>
+          <t>Brandstoffen voertuigen</t>
         </is>
       </c>
     </row>
     <row r="5" ht="40" customHeight="1">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Gasvormige brandstoffen</t>
+          <t>Fossiele brandstoffen</t>
         </is>
       </c>
       <c r="B5" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="n"/>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>WTW</t>
+          <t>Totaal (WTW)</t>
         </is>
       </c>
       <c r="C6" s="4" t="inlineStr">
         <is>
-          <t>TTW</t>
+          <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>WTT</t>
+          <t>Ketenemissies (WTT)</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>Biogene Emissies</t>
+          <t>Biogene emissies</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Aardgas (G-gas)</t>
+          <t>Benzine (fossiel) E0</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>2.085</v>
+        <v>3.032</v>
       </c>
       <c r="C7" s="5" t="n">
-        <v>1.788</v>
+        <v>2.377</v>
       </c>
       <c r="D7" s="5" t="n">
-        <v>0.297</v>
-[...4 lines deleted...]
-          <t>Nm3</t>
+        <v>0.655</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F7" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G7" t="n">
-        <v>31.65</v>
-[...1 lines deleted...]
-      <c r="H7" s="7" t="inlineStr">
+        <v>32.47</v>
+      </c>
+      <c r="H7" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Groengas (Gemiddeld)</t>
+          <t>Diesel (fossiel) B0</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>0.723</v>
-[...1 lines deleted...]
-      <c r="C8" s="8" t="n">
+        <v>3.473</v>
+      </c>
+      <c r="C8" s="5" t="n">
+        <v>2.657</v>
+      </c>
+      <c r="D8" s="5" t="n">
+        <v>0.8159999999999999</v>
+      </c>
+      <c r="E8" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D8" s="5" t="n">
-[...5 lines deleted...]
-          <t>Nm3</t>
+      <c r="F8" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G8" t="n">
-        <v>31.65</v>
-[...1 lines deleted...]
-      <c r="H8" s="7" t="inlineStr">
+        <v>36.11</v>
+      </c>
+      <c r="H8" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Groengas (Covergisting)</t>
+          <t>GTL (diesel)</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>1.039</v>
-[...1 lines deleted...]
-      <c r="C9" s="8" t="n">
+        <v>3.274</v>
+      </c>
+      <c r="C9" s="5" t="n">
+        <v>2.471</v>
+      </c>
+      <c r="D9" s="5" t="n">
+        <v>0.803</v>
+      </c>
+      <c r="E9" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D9" s="5" t="n">
-[...5 lines deleted...]
-          <t>Nm3</t>
+      <c r="F9" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G9" t="n">
-        <v>31.65</v>
-[...1 lines deleted...]
-      <c r="H9" s="7" t="inlineStr">
+        <v>34.32</v>
+      </c>
+      <c r="H9" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Groengas (GFT-vergisting)</t>
+          <t>CNG (aardgas)</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>0.416</v>
-[...1 lines deleted...]
-      <c r="C10" s="8" t="n">
+        <v>2.633</v>
+      </c>
+      <c r="C10" s="5" t="n">
+        <v>2.284</v>
+      </c>
+      <c r="D10" s="5" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="E10" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D10" s="5" t="n">
-[...5 lines deleted...]
-          <t>Nm3</t>
+      <c r="F10" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G10" t="n">
-        <v>31.65</v>
-[...1 lines deleted...]
-      <c r="H10" s="7" t="inlineStr">
+        <v>38</v>
+      </c>
+      <c r="H10" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Groengas (RWZI-slib)</t>
+          <t>LNG (aardgas)</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>0.859</v>
-[...1 lines deleted...]
-      <c r="C11" s="8" t="n">
+        <v>3.651</v>
+      </c>
+      <c r="C11" s="5" t="n">
+        <v>2.945</v>
+      </c>
+      <c r="D11" s="5" t="n">
+        <v>0.706</v>
+      </c>
+      <c r="E11" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D11" s="5" t="n">
-[...5 lines deleted...]
-          <t>Nm3</t>
+      <c r="F11" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G11" t="n">
-        <v>31.65</v>
-[...1 lines deleted...]
-      <c r="H11" s="7" t="inlineStr">
+        <v>49</v>
+      </c>
+      <c r="H11" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t xml:space="preserve">Propaan </t>
+          <t xml:space="preserve">LPG </t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>1.725</v>
+        <v>1.798</v>
       </c>
       <c r="C12" s="5" t="n">
-        <v>1.53</v>
-[...4 lines deleted...]
-      <c r="E12" s="8" t="n">
+        <v>1.631</v>
+      </c>
+      <c r="D12" s="5" t="n">
+        <v>0.167</v>
+      </c>
+      <c r="E12" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="F12" s="6" t="inlineStr">
+      <c r="F12" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G12" t="n">
-        <v>25.41</v>
-[...1 lines deleted...]
-      <c r="H12" s="7" t="inlineStr">
+        <v>24.4</v>
+      </c>
+      <c r="H12" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biopropaan </t>
-[...6 lines deleted...]
-      <c r="F13" s="6" t="inlineStr">
+          <t>MDO (Marine Diesel Oil)</t>
+        </is>
+      </c>
+      <c r="B13" s="5" t="n">
+        <v>3.436</v>
+      </c>
+      <c r="C13" s="5" t="n">
+        <v>2.719</v>
+      </c>
+      <c r="D13" s="5" t="n">
+        <v>0.717</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F13" s="7" t="inlineStr">
+        <is>
+          <t>Liter</t>
+        </is>
+      </c>
+      <c r="G13" t="n">
+        <v>35.87</v>
+      </c>
+      <c r="H13" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>HFO (Heavy Fuel Oil)</t>
+        </is>
+      </c>
+      <c r="B14" s="5" t="n">
+        <v>3.762</v>
+      </c>
+      <c r="C14" s="9" t="n">
+        <v>3.11</v>
+      </c>
+      <c r="D14" s="5" t="n">
+        <v>0.652</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F14" s="7" t="inlineStr">
+        <is>
+          <t>Liter</t>
+        </is>
+      </c>
+      <c r="G14" t="n">
+        <v>39.77</v>
+      </c>
+      <c r="H14" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Kerosine (Jet A1)</t>
+        </is>
+      </c>
+      <c r="B15" s="5" t="n">
+        <v>3.202</v>
+      </c>
+      <c r="C15" s="5" t="n">
+        <v>2.506</v>
+      </c>
+      <c r="D15" s="5" t="n">
+        <v>0.696</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F15" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
-      <c r="G13" t="inlineStr"/>
-[...49 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="G15" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="H15" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Houtblokken (NL)</t>
+          <t xml:space="preserve">Waterstof Grijs </t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>0.077</v>
-[...2 lines deleted...]
-        <v>0.008999999999999999</v>
+        <v>12.516</v>
+      </c>
+      <c r="C16" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D16" s="5" t="n">
-        <v>0.068</v>
-[...6 lines deleted...]
-          <t>kg ds</t>
+        <v>12.516</v>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F16" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G16" t="n">
-        <v>19.3</v>
-[...37 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H16" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="40" customHeight="1">
+      <c r="A17" s="3" t="inlineStr">
+        <is>
+          <t>Fossiele brandstoffen met bio-bijmenging</t>
+        </is>
+      </c>
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr"/>
+      <c r="D17" t="inlineStr"/>
     </row>
     <row r="18">
-      <c r="A18" t="inlineStr">
-[...26 lines deleted...]
-          <t>Link</t>
+      <c r="A18" s="4" t="n"/>
+      <c r="B18" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E18" s="4" t="inlineStr">
+        <is>
+          <t>Biogene emissies</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G18" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Houtpellets (uit vers hout, NL)</t>
+          <t xml:space="preserve">Benzine E10 </t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>0.556</v>
+        <v>2.784</v>
       </c>
       <c r="C19" s="5" t="n">
-        <v>0.006</v>
+        <v>2.141</v>
       </c>
       <c r="D19" s="5" t="n">
-        <v>0.55</v>
-[...6 lines deleted...]
-          <t>kg ds</t>
+        <v>0.643</v>
+      </c>
+      <c r="E19" t="inlineStr"/>
+      <c r="F19" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G19" t="n">
-        <v>19.3</v>
-[...1 lines deleted...]
-      <c r="H19" s="7" t="inlineStr">
+        <v>31.31</v>
+      </c>
+      <c r="H19" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Houtshreds (NL)</t>
+          <t xml:space="preserve">Diesel B7 </t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>0.054</v>
+        <v>3.262</v>
       </c>
       <c r="C20" s="5" t="n">
-        <v>0.008999999999999999</v>
+        <v>2.474</v>
       </c>
       <c r="D20" s="5" t="n">
-        <v>0.045</v>
-[...6 lines deleted...]
-          <t>kg ds</t>
+        <v>0.788</v>
+      </c>
+      <c r="E20" t="inlineStr"/>
+      <c r="F20" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G20" t="n">
-        <v>19.3</v>
-[...17 lines deleted...]
-      </c>
+        <v>35.9</v>
+      </c>
+      <c r="H20" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Dieselvervanger HVO30 </t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr"/>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G21" t="n">
+        <v>35.4</v>
+      </c>
+      <c r="H21" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="22">
-      <c r="A22" s="4" t="n"/>
-[...20 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Benzinevervanger E85 </t>
+        </is>
+      </c>
+      <c r="B22" s="5" t="n">
+        <v>0.876</v>
+      </c>
+      <c r="C22" s="5" t="n">
+        <v>0.369</v>
+      </c>
+      <c r="D22" s="5" t="n">
+        <v>0.507</v>
+      </c>
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G22" t="n">
+        <v>22.61</v>
+      </c>
+      <c r="H22" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" ht="40" customHeight="1">
+      <c r="A23" s="3" t="inlineStr">
+        <is>
+          <t>Hernieuwbare brandstoffen</t>
+        </is>
+      </c>
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr"/>
+      <c r="D23" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="4" t="n"/>
+      <c r="B24" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E24" s="4" t="inlineStr">
+        <is>
+          <t>Biogene emissies</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G22" s="4" t="inlineStr">
+      <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...50 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t xml:space="preserve">Cokeskolen </t>
-[...6 lines deleted...]
-      <c r="D25" t="inlineStr"/>
+          <t xml:space="preserve">Waterstof groen </t>
+        </is>
+      </c>
+      <c r="B25" s="5" t="n">
+        <v>1.092</v>
+      </c>
+      <c r="C25" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D25" s="5" t="n">
+        <v>1.092</v>
+      </c>
       <c r="E25" t="inlineStr"/>
-      <c r="F25" s="6" t="inlineStr">
+      <c r="F25" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G25" t="n">
-        <v>28.6</v>
-[...1 lines deleted...]
-      <c r="H25" s="7" t="inlineStr">
+        <v>120</v>
+      </c>
+      <c r="H25" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Cokeskolen (cokeovens)</t>
-[...2 lines deleted...]
-      <c r="B26" t="inlineStr"/>
+          <t xml:space="preserve">Biodiesel HVO </t>
+        </is>
+      </c>
+      <c r="B26" s="5" t="n">
+        <v>0.314</v>
+      </c>
       <c r="C26" s="5" t="n">
-        <v>2.728</v>
-[...1 lines deleted...]
-      <c r="D26" t="inlineStr"/>
+        <v>0.038</v>
+      </c>
+      <c r="D26" s="5" t="n">
+        <v>0.276</v>
+      </c>
       <c r="E26" t="inlineStr"/>
-      <c r="F26" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F26" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G26" t="n">
-        <v>28.6</v>
-[...1 lines deleted...]
-      <c r="H26" s="7" t="inlineStr">
+        <v>34.54</v>
+      </c>
+      <c r="H26" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Cokeskolen (hoogovens)</t>
-[...2 lines deleted...]
-      <c r="B27" t="inlineStr"/>
+          <t xml:space="preserve">Biodiesel FAME </t>
+        </is>
+      </c>
+      <c r="B27" s="5" t="n">
+        <v>0.449</v>
+      </c>
       <c r="C27" s="5" t="n">
-        <v>2.568</v>
-[...1 lines deleted...]
-      <c r="D27" t="inlineStr"/>
+        <v>0.035</v>
+      </c>
+      <c r="D27" s="5" t="n">
+        <v>0.414</v>
+      </c>
       <c r="E27" t="inlineStr"/>
-      <c r="F27" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F27" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G27" t="n">
-        <v>28.6</v>
-[...1 lines deleted...]
-      <c r="H27" s="7" t="inlineStr">
+        <v>33.02</v>
+      </c>
+      <c r="H27" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Steenkool (bitumineus)</t>
-[...6 lines deleted...]
-      <c r="D28" t="inlineStr"/>
+          <t>Bio-CNG (Groengas)</t>
+        </is>
+      </c>
+      <c r="B28" s="5" t="n">
+        <v>1.049</v>
+      </c>
+      <c r="C28" s="5" t="n">
+        <v>0.137</v>
+      </c>
+      <c r="D28" s="5" t="n">
+        <v>0.912</v>
+      </c>
       <c r="E28" t="inlineStr"/>
-      <c r="F28" s="6" t="inlineStr">
+      <c r="F28" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G28" t="n">
-        <v>24.8</v>
-[...1 lines deleted...]
-      <c r="H28" s="7" t="inlineStr">
+        <v>38</v>
+      </c>
+      <c r="H28" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Steenkool (sub-bitumineus)</t>
-[...2 lines deleted...]
-      <c r="B29" t="inlineStr"/>
+          <t>Bio-LNG (Groengas)</t>
+        </is>
+      </c>
+      <c r="B29" s="5" t="n">
+        <v>1.431</v>
+      </c>
       <c r="C29" s="5" t="n">
-        <v>1.816</v>
-[...1 lines deleted...]
-      <c r="D29" t="inlineStr"/>
+        <v>0.176</v>
+      </c>
+      <c r="D29" s="5" t="n">
+        <v>1.254</v>
+      </c>
       <c r="E29" t="inlineStr"/>
-      <c r="F29" s="6" t="inlineStr">
+      <c r="F29" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G29" t="n">
-        <v>18.9</v>
-[...1 lines deleted...]
-      <c r="H29" s="7" t="inlineStr">
+        <v>49</v>
+      </c>
+      <c r="H29" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t xml:space="preserve">Steenkool en bruinkool briketten </t>
-[...2 lines deleted...]
-      <c r="B30" t="inlineStr"/>
+          <t>Bio-Ethanol (100%)</t>
+        </is>
+      </c>
+      <c r="B30" s="5" t="n">
+        <v>0.5580000000000001</v>
+      </c>
       <c r="C30" s="5" t="n">
-        <v>2.018</v>
-[...1 lines deleted...]
-      <c r="D30" t="inlineStr"/>
+        <v>0.014</v>
+      </c>
+      <c r="D30" s="5" t="n">
+        <v>0.543</v>
+      </c>
       <c r="E30" t="inlineStr"/>
-      <c r="F30" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F30" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
         </is>
       </c>
       <c r="G30" t="n">
-        <v>20.7</v>
-[...1 lines deleted...]
-      <c r="H30" s="7" t="inlineStr">
+        <v>20.87</v>
+      </c>
+      <c r="H30" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t xml:space="preserve">Turf </t>
+          <t>Bio-Kerosine (SAF)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr"/>
-      <c r="C31" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr"/>
-      <c r="F31" s="6" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="F31" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr"/>
+      <c r="H31" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Ad Blue (additief)</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr"/>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
-    </row>
-[...2 lines deleted...]
-      <c r="B33" s="4" t="inlineStr">
+      <c r="E32" t="inlineStr"/>
+      <c r="F32" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr"/>
+      <c r="H32" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="40" customHeight="1">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>Brandstoffen energieopwekking</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" ht="40" customHeight="1">
+      <c r="A34" s="3" t="inlineStr">
+        <is>
+          <t>Houtige biomassa</t>
+        </is>
+      </c>
+      <c r="B34" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr"/>
+      <c r="D34" t="inlineStr"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="4" t="n"/>
+      <c r="B35" s="4" t="inlineStr">
         <is>
           <t>WTW</t>
         </is>
       </c>
-      <c r="C33" s="4" t="inlineStr">
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>TTW</t>
         </is>
       </c>
-      <c r="D33" s="4" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>WTT</t>
         </is>
       </c>
-      <c r="E33" s="4" t="inlineStr">
+      <c r="E35" s="4" t="inlineStr">
         <is>
           <t>Biogene Emissies</t>
         </is>
       </c>
-      <c r="F33" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G33" s="4" t="inlineStr">
+      <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...50 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t xml:space="preserve">Chemisch restgas </t>
-[...2 lines deleted...]
-      <c r="B36" t="inlineStr"/>
+          <t>Houtblokken (NL)</t>
+        </is>
+      </c>
+      <c r="B36" s="5" t="n">
+        <v>0.077</v>
+      </c>
       <c r="C36" s="5" t="n">
-        <v>2.793</v>
-[...5 lines deleted...]
-          <t>kg</t>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="D36" s="5" t="n">
+        <v>0.068</v>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F36" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
         </is>
       </c>
       <c r="G36" t="n">
-        <v>45.2</v>
-[...1 lines deleted...]
-      <c r="H36" s="7" t="inlineStr">
+        <v>19.3</v>
+      </c>
+      <c r="H36" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ethaan </t>
-[...2 lines deleted...]
-      <c r="B37" t="inlineStr"/>
+          <t>Houtchips (NL)</t>
+        </is>
+      </c>
+      <c r="B37" s="5" t="n">
+        <v>0.062</v>
+      </c>
       <c r="C37" s="5" t="n">
-        <v>2.784</v>
-[...5 lines deleted...]
-          <t>kg</t>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="D37" s="5" t="n">
+        <v>0.053</v>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F37" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
         </is>
       </c>
       <c r="G37" t="n">
-        <v>45.2</v>
-[...1 lines deleted...]
-      <c r="H37" s="7" t="inlineStr">
+        <v>19.3</v>
+      </c>
+      <c r="H37" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t xml:space="preserve">Leisteenolie </t>
-[...2 lines deleted...]
-      <c r="B38" t="inlineStr"/>
+          <t>Houtpellets (uit (droge) industriele reststroom, NL)</t>
+        </is>
+      </c>
+      <c r="B38" s="5" t="n">
+        <v>0.035</v>
+      </c>
       <c r="C38" s="5" t="n">
-        <v>2.793</v>
-[...5 lines deleted...]
-          <t>kg</t>
+        <v>0.006</v>
+      </c>
+      <c r="D38" s="5" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F38" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
         </is>
       </c>
       <c r="G38" t="n">
-        <v>38.1</v>
-[...1 lines deleted...]
-      <c r="H38" s="7" t="inlineStr">
+        <v>19.3</v>
+      </c>
+      <c r="H38" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t xml:space="preserve">Nafta's </t>
-[...2 lines deleted...]
-      <c r="B39" t="inlineStr"/>
+          <t>Houtpellets (uit vers hout, NL)</t>
+        </is>
+      </c>
+      <c r="B39" s="5" t="n">
+        <v>0.556</v>
+      </c>
       <c r="C39" s="5" t="n">
-        <v>3.225</v>
-[...5 lines deleted...]
-          <t>kg</t>
+        <v>0.006</v>
+      </c>
+      <c r="D39" s="5" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F39" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
         </is>
       </c>
       <c r="G39" t="n">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="H39" s="7" t="inlineStr">
+        <v>19.3</v>
+      </c>
+      <c r="H39" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t xml:space="preserve">Orimulsion </t>
-[...2 lines deleted...]
-      <c r="B40" t="inlineStr"/>
+          <t>Houtshreds (NL)</t>
+        </is>
+      </c>
+      <c r="B40" s="5" t="n">
+        <v>0.054</v>
+      </c>
       <c r="C40" s="5" t="n">
-        <v>2.118</v>
-[...5 lines deleted...]
-          <t>kg</t>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="D40" s="5" t="n">
+        <v>0.045</v>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F40" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
         </is>
       </c>
       <c r="G40" t="n">
-        <v>27.5</v>
-[...16 lines deleted...]
-      </c>
+        <v>19.3</v>
+      </c>
+      <c r="H40" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="40" customHeight="1">
+      <c r="A41" s="3" t="inlineStr">
+        <is>
+          <t>Vaste Brandstoffen</t>
+        </is>
+      </c>
+      <c r="B41" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
-      <c r="E41" t="inlineStr"/>
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="42">
-      <c r="A42" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A42" s="4" t="n"/>
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t>WTW</t>
+        </is>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>TTW</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>WTT</t>
+        </is>
+      </c>
+      <c r="E42" s="4" t="inlineStr">
+        <is>
+          <t>Biogene Emissies</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G42" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t xml:space="preserve">Petroleumcokes </t>
+          <t xml:space="preserve">Antraciet </t>
         </is>
       </c>
       <c r="B43" t="inlineStr"/>
       <c r="C43" s="5" t="n">
-        <v>3.432</v>
+        <v>2.88</v>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr"/>
-      <c r="F43" s="6" t="inlineStr">
+      <c r="F43" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G43" t="n">
-        <v>35.2</v>
-[...1 lines deleted...]
-      <c r="H43" s="7" t="inlineStr">
+        <v>29.3</v>
+      </c>
+      <c r="H43" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t xml:space="preserve">Raffinaderij Grondstoffen </t>
+          <t xml:space="preserve">Bruinkool </t>
         </is>
       </c>
       <c r="B44" t="inlineStr"/>
       <c r="C44" s="5" t="n">
-        <v>3.152</v>
+        <v>2.02</v>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr"/>
-      <c r="F44" s="6" t="inlineStr">
+      <c r="F44" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G44" t="n">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="H44" s="7" t="inlineStr">
+        <v>20</v>
+      </c>
+      <c r="H44" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t xml:space="preserve">Raffinaderijgas </t>
+          <t xml:space="preserve">Cokeskolen </t>
         </is>
       </c>
       <c r="B45" t="inlineStr"/>
       <c r="C45" s="5" t="n">
-        <v>2.911</v>
+        <v>2.688</v>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr"/>
-      <c r="F45" s="6" t="inlineStr">
+      <c r="F45" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G45" t="n">
-        <v>45.2</v>
-[...1 lines deleted...]
-      <c r="H45" s="7" t="inlineStr">
+        <v>28.6</v>
+      </c>
+      <c r="H45" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ruwe Aardolie </t>
+          <t>Cokeskolen (cokeovens)</t>
         </is>
       </c>
       <c r="B46" t="inlineStr"/>
       <c r="C46" s="5" t="n">
-        <v>3.13</v>
+        <v>2.728</v>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr"/>
-      <c r="F46" s="6" t="inlineStr">
+      <c r="F46" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G46" t="n">
-        <v>42.7</v>
-[...1 lines deleted...]
-      <c r="H46" s="7" t="inlineStr">
+        <v>28.6</v>
+      </c>
+      <c r="H46" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t xml:space="preserve">Smeeroliën </t>
+          <t>Cokeskolen (hoogovens)</t>
         </is>
       </c>
       <c r="B47" t="inlineStr"/>
       <c r="C47" s="5" t="n">
-        <v>3.035</v>
+        <v>2.568</v>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr"/>
-      <c r="F47" s="6" t="inlineStr">
+      <c r="F47" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G47" t="n">
-        <v>41.4</v>
-[...25 lines deleted...]
-      <c r="C49" t="inlineStr"/>
+        <v>28.6</v>
+      </c>
+      <c r="H47" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>Steenkool (bitumineus)</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr"/>
+      <c r="C48" s="9" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="D48" t="inlineStr"/>
+      <c r="E48" t="inlineStr"/>
+      <c r="F48" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G48" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="H48" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>Steenkool (sub-bitumineus)</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr"/>
+      <c r="C49" s="5" t="n">
+        <v>1.816</v>
+      </c>
       <c r="D49" t="inlineStr"/>
+      <c r="E49" t="inlineStr"/>
+      <c r="F49" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G49" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="H49" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="50">
-      <c r="A50" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A50" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Steenkool en bruinkool briketten </t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr"/>
+      <c r="C50" s="5" t="n">
+        <v>2.018</v>
+      </c>
+      <c r="D50" t="inlineStr"/>
+      <c r="E50" t="inlineStr"/>
+      <c r="F50" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G50" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="H50" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>Benzine (fossiel) E0</t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Turf </t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr"/>
       <c r="C51" s="5" t="n">
-        <v>2.377</v>
-[...9 lines deleted...]
-          <t>liter</t>
+        <v>1.035</v>
+      </c>
+      <c r="D51" t="inlineStr"/>
+      <c r="E51" t="inlineStr"/>
+      <c r="F51" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G51" t="n">
-        <v>32.47</v>
-[...37 lines deleted...]
-      </c>
+        <v>9.76</v>
+      </c>
+      <c r="H51" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="40" customHeight="1">
+      <c r="A52" s="3" t="inlineStr">
+        <is>
+          <t>Vloeibare brandstoffen</t>
+        </is>
+      </c>
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr"/>
+      <c r="D52" t="inlineStr"/>
     </row>
     <row r="53">
-      <c r="A53" t="inlineStr">
-[...26 lines deleted...]
-          <t>Link</t>
+      <c r="A53" s="4" t="n"/>
+      <c r="B53" s="4" t="inlineStr">
+        <is>
+          <t>WTW</t>
+        </is>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>TTW</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>WTT</t>
+        </is>
+      </c>
+      <c r="E53" s="4" t="inlineStr">
+        <is>
+          <t>Biogene Emissies</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G53" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>CNG (aardgas)</t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Aardgascondensaat </t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr"/>
       <c r="C54" s="5" t="n">
-        <v>2.284</v>
-[...7 lines deleted...]
-      <c r="F54" s="6" t="inlineStr">
+        <v>2.825</v>
+      </c>
+      <c r="D54" t="inlineStr"/>
+      <c r="E54" t="inlineStr"/>
+      <c r="F54" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G54" t="n">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H54" s="7" t="inlineStr">
+        <v>44</v>
+      </c>
+      <c r="H54" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>LNG (aardgas)</t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Bitumen </t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr"/>
       <c r="C55" s="5" t="n">
-        <v>2.945</v>
-[...7 lines deleted...]
-      <c r="F55" s="6" t="inlineStr">
+        <v>3.381</v>
+      </c>
+      <c r="D55" t="inlineStr"/>
+      <c r="E55" t="inlineStr"/>
+      <c r="F55" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G55" t="n">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H55" s="7" t="inlineStr">
+        <v>41.9</v>
+      </c>
+      <c r="H55" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t xml:space="preserve">LPG </t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Chemisch restgas </t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr"/>
       <c r="C56" s="5" t="n">
-        <v>1.631</v>
-[...9 lines deleted...]
-          <t>liter</t>
+        <v>2.793</v>
+      </c>
+      <c r="D56" t="inlineStr"/>
+      <c r="E56" t="inlineStr"/>
+      <c r="F56" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G56" t="n">
-        <v>24.4</v>
-[...1 lines deleted...]
-      <c r="H56" s="7" t="inlineStr">
+        <v>45.2</v>
+      </c>
+      <c r="H56" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>MDO (Marine Diesel Oil)</t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Ethaan </t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr"/>
       <c r="C57" s="5" t="n">
-        <v>2.719</v>
-[...9 lines deleted...]
-          <t>Liter</t>
+        <v>2.784</v>
+      </c>
+      <c r="D57" t="inlineStr"/>
+      <c r="E57" t="inlineStr"/>
+      <c r="F57" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G57" t="n">
-        <v>35.87</v>
-[...1 lines deleted...]
-      <c r="H57" s="7" t="inlineStr">
+        <v>45.2</v>
+      </c>
+      <c r="H57" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>HFO (Heavy Fuel Oil)</t>
-[...16 lines deleted...]
-          <t>Liter</t>
+          <t xml:space="preserve">Leisteenolie </t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr"/>
+      <c r="C58" s="5" t="n">
+        <v>2.793</v>
+      </c>
+      <c r="D58" t="inlineStr"/>
+      <c r="E58" t="inlineStr"/>
+      <c r="F58" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G58" t="n">
-        <v>39.77</v>
-[...1 lines deleted...]
-      <c r="H58" s="7" t="inlineStr">
+        <v>38.1</v>
+      </c>
+      <c r="H58" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>Kerosine (Jet A1)</t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Nafta's </t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr"/>
       <c r="C59" s="5" t="n">
-        <v>2.506</v>
-[...9 lines deleted...]
-          <t>liter</t>
+        <v>3.225</v>
+      </c>
+      <c r="D59" t="inlineStr"/>
+      <c r="E59" t="inlineStr"/>
+      <c r="F59" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G59" t="n">
-        <v>34.8</v>
-[...1 lines deleted...]
-      <c r="H59" s="7" t="inlineStr">
+        <v>44</v>
+      </c>
+      <c r="H59" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t xml:space="preserve">Waterstof Grijs </t>
-[...14 lines deleted...]
-      <c r="F60" s="6" t="inlineStr">
+          <t xml:space="preserve">Orimulsion </t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr"/>
+      <c r="C60" s="5" t="n">
+        <v>2.118</v>
+      </c>
+      <c r="D60" t="inlineStr"/>
+      <c r="E60" t="inlineStr"/>
+      <c r="F60" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G60" t="n">
-        <v>120</v>
-[...18 lines deleted...]
-      <c r="C61" t="inlineStr"/>
+        <v>27.5</v>
+      </c>
+      <c r="H60" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Overige Oliën </t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr"/>
+      <c r="C61" s="5" t="n">
+        <v>2.947</v>
+      </c>
       <c r="D61" t="inlineStr"/>
+      <c r="E61" t="inlineStr"/>
+      <c r="F61" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G61" t="n">
+        <v>40.2</v>
+      </c>
+      <c r="H61" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="62">
-      <c r="A62" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A62" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Petroleum </t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr"/>
+      <c r="C62" s="5" t="n">
+        <v>3.099</v>
+      </c>
+      <c r="D62" t="inlineStr"/>
+      <c r="E62" t="inlineStr"/>
+      <c r="F62" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G62" t="n">
+        <v>43.1</v>
+      </c>
+      <c r="H62" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t xml:space="preserve">Benzine E10 </t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Petroleumcokes </t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr"/>
       <c r="C63" s="5" t="n">
-        <v>2.141</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.432</v>
+      </c>
+      <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr"/>
-      <c r="F63" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F63" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G63" t="n">
-        <v>31.31</v>
-[...1 lines deleted...]
-      <c r="H63" s="7" t="inlineStr">
+        <v>35.2</v>
+      </c>
+      <c r="H63" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t xml:space="preserve">Diesel B7 </t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Raffinaderij Grondstoffen </t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr"/>
       <c r="C64" s="5" t="n">
-        <v>2.474</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.152</v>
+      </c>
+      <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr"/>
-      <c r="F64" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F64" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G64" t="n">
-        <v>35.9</v>
-[...1 lines deleted...]
-      <c r="H64" s="7" t="inlineStr">
+        <v>43</v>
+      </c>
+      <c r="H64" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t xml:space="preserve">Dieselvervanger HVO30 </t>
+          <t xml:space="preserve">Raffinaderijgas </t>
         </is>
       </c>
       <c r="B65" t="inlineStr"/>
-      <c r="C65" t="inlineStr"/>
+      <c r="C65" s="5" t="n">
+        <v>2.911</v>
+      </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr"/>
-      <c r="F65" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F65" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G65" t="n">
-        <v>35.4</v>
-[...1 lines deleted...]
-      <c r="H65" s="7" t="inlineStr">
+        <v>45.2</v>
+      </c>
+      <c r="H65" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t xml:space="preserve">Benzinevervanger E85 </t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Ruwe Aardolie </t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr"/>
       <c r="C66" s="5" t="n">
-        <v>0.369</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.13</v>
+      </c>
+      <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr"/>
-      <c r="F66" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F66" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
         </is>
       </c>
       <c r="G66" t="n">
-        <v>22.61</v>
-[...13 lines deleted...]
-      <c r="B67" s="4" t="inlineStr">
+        <v>42.7</v>
+      </c>
+      <c r="H66" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Smeeroliën </t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr"/>
+      <c r="C67" s="5" t="n">
+        <v>3.035</v>
+      </c>
+      <c r="D67" t="inlineStr"/>
+      <c r="E67" t="inlineStr"/>
+      <c r="F67" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G67" t="n">
+        <v>41.4</v>
+      </c>
+      <c r="H67" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="40" customHeight="1">
+      <c r="A68" s="3" t="inlineStr">
+        <is>
+          <t>Gasvormige brandstoffen</t>
+        </is>
+      </c>
+      <c r="B68" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C67" t="inlineStr"/>
-[...24 lines deleted...]
-      <c r="F68" s="4" t="inlineStr">
+      <c r="C68" t="inlineStr"/>
+      <c r="D68" t="inlineStr"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="4" t="n"/>
+      <c r="B69" s="4" t="inlineStr">
+        <is>
+          <t>WTW</t>
+        </is>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>TTW</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>WTT</t>
+        </is>
+      </c>
+      <c r="E69" s="4" t="inlineStr">
+        <is>
+          <t>Biogene Emissies</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G68" s="4" t="inlineStr">
+      <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...28 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biodiesel HVO </t>
+          <t>Aardgas (G-gas)</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>0.314</v>
+        <v>2.085</v>
       </c>
       <c r="C70" s="5" t="n">
-        <v>0.038</v>
+        <v>1.788</v>
       </c>
       <c r="D70" s="5" t="n">
-        <v>0.276</v>
+        <v>0.297</v>
       </c>
       <c r="E70" t="inlineStr"/>
-      <c r="F70" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F70" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
         </is>
       </c>
       <c r="G70" t="n">
-        <v>34.54</v>
-[...1 lines deleted...]
-      <c r="H70" s="7" t="inlineStr">
+        <v>31.65</v>
+      </c>
+      <c r="H70" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biodiesel FAME </t>
+          <t>Groengas (Gemiddeld)</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>0.449</v>
-[...2 lines deleted...]
-        <v>0.035</v>
+        <v>0.723</v>
+      </c>
+      <c r="C71" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D71" s="5" t="n">
-        <v>0.414</v>
+        <v>0.723</v>
       </c>
       <c r="E71" t="inlineStr"/>
-      <c r="F71" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F71" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
         </is>
       </c>
       <c r="G71" t="n">
-        <v>33.02</v>
-[...1 lines deleted...]
-      <c r="H71" s="7" t="inlineStr">
+        <v>31.65</v>
+      </c>
+      <c r="H71" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>Bio-CNG (Groengas)</t>
-[...10 lines deleted...]
-      </c>
+          <t>Groen gas (Monomestvergisting)</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr"/>
+      <c r="C72" t="inlineStr"/>
+      <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr"/>
-      <c r="F72" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H72" s="7" t="inlineStr">
+      <c r="F72" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr"/>
+      <c r="H72" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Bio-LNG (Groengas)</t>
-[...10 lines deleted...]
-      </c>
+          <t>Groen Gas (Allesvergisting)</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr"/>
+      <c r="C73" t="inlineStr"/>
+      <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr"/>
-      <c r="F73" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H73" s="7" t="inlineStr">
+      <c r="F73" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr"/>
+      <c r="H73" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>Bio-Ethanol (100%)</t>
+          <t>Groengas (Slibvergisting - RWZI)</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>0.5580000000000001</v>
-[...2 lines deleted...]
-        <v>0.014</v>
+        <v>0.859</v>
+      </c>
+      <c r="C74" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D74" s="5" t="n">
-        <v>0.543</v>
+        <v>0.859</v>
       </c>
       <c r="E74" t="inlineStr"/>
-      <c r="F74" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>liter</t>
+      <c r="F74" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
         </is>
       </c>
       <c r="G74" t="n">
-        <v>20.87</v>
-[...1 lines deleted...]
-      <c r="H74" s="7" t="inlineStr">
+        <v>31.65</v>
+      </c>
+      <c r="H74" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>Bio-Kerosine (SAF)</t>
-[...6 lines deleted...]
-      <c r="F75" s="6" t="inlineStr">
+          <t xml:space="preserve">Propaan </t>
+        </is>
+      </c>
+      <c r="B75" s="5" t="n">
+        <v>1.725</v>
+      </c>
+      <c r="C75" s="5" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="D75" s="10" t="n">
+        <v>0.1954</v>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F75" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
-      <c r="G75" t="inlineStr"/>
-      <c r="H75" s="7" t="inlineStr">
+      <c r="G75" t="n">
+        <v>25.41</v>
+      </c>
+      <c r="H75" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>Ad Blue (additief)</t>
+          <t xml:space="preserve">Biopropaan </t>
         </is>
       </c>
       <c r="B76" t="inlineStr"/>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr"/>
-      <c r="F76" s="6" t="inlineStr">
+      <c r="F76" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
-      <c r="H76" s="7" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A77" s="1" t="inlineStr">
+      <c r="H76" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>Groengas (Covergisting)</t>
+        </is>
+      </c>
+      <c r="B77" s="5" t="n">
+        <v>1.039</v>
+      </c>
+      <c r="C77" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D77" s="5" t="n">
+        <v>1.039</v>
+      </c>
+      <c r="E77" t="inlineStr"/>
+      <c r="F77" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
+        </is>
+      </c>
+      <c r="G77" t="n">
+        <v>31.65</v>
+      </c>
+      <c r="H77" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>Groengas (GFT-vergisting)</t>
+        </is>
+      </c>
+      <c r="B78" s="5" t="n">
+        <v>0.416</v>
+      </c>
+      <c r="C78" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D78" s="5" t="n">
+        <v>0.416</v>
+      </c>
+      <c r="E78" t="inlineStr"/>
+      <c r="F78" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
+        </is>
+      </c>
+      <c r="G78" t="n">
+        <v>31.65</v>
+      </c>
+      <c r="H78" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="40" customHeight="1">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>Elektriciteit</t>
         </is>
       </c>
     </row>
-    <row r="78">
-[...1 lines deleted...]
-      <c r="B78" s="4" t="inlineStr">
+    <row r="80">
+      <c r="A80" t="inlineStr"/>
+      <c r="B80" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C78" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B79" s="4" t="inlineStr">
+      <c r="C80" t="inlineStr"/>
+      <c r="D80" t="inlineStr"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="4" t="n"/>
+      <c r="B81" s="4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
-      <c r="C79" s="4" t="inlineStr">
+      <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Productie-emissies energiecentrale</t>
         </is>
       </c>
-      <c r="D79" s="4" t="inlineStr">
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies productie energiedragers</t>
         </is>
       </c>
-      <c r="E79" s="4" t="inlineStr">
+      <c r="E81" s="4" t="inlineStr">
         <is>
           <t>Infrastructuur (LCA benadering)</t>
         </is>
       </c>
-      <c r="F79" s="4" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G79" s="4" t="inlineStr">
+      <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...62 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t xml:space="preserve">Windkracht </t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t xml:space="preserve">Grijze Stroom </t>
+        </is>
+      </c>
+      <c r="B82" s="5" t="n">
+        <v>0.523</v>
+      </c>
+      <c r="C82" s="5" t="n">
+        <v>0.454</v>
+      </c>
+      <c r="D82" s="5" t="n">
+        <v>0.06900000000000001</v>
       </c>
       <c r="E82" s="5" t="n">
-        <v>0.014</v>
-[...1 lines deleted...]
-      <c r="F82" s="6" t="inlineStr">
+        <v>0.001</v>
+      </c>
+      <c r="F82" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G82" t="n">
         <v>3.6</v>
       </c>
-      <c r="H82" s="7" t="inlineStr">
+      <c r="H82" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zonne-energie </t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>Stroom (onbekend) gridmix</t>
+        </is>
+      </c>
+      <c r="B83" s="5" t="n">
+        <v>0.427</v>
+      </c>
+      <c r="C83" s="5" t="n">
+        <v>0.369</v>
+      </c>
+      <c r="D83" s="5" t="n">
+        <v>0.058</v>
       </c>
       <c r="E83" s="5" t="n">
-        <v>0.061</v>
-[...1 lines deleted...]
-      <c r="F83" s="6" t="inlineStr">
+        <v>0.005</v>
+      </c>
+      <c r="F83" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G83" t="n">
         <v>3.6</v>
       </c>
-      <c r="H83" s="7" t="inlineStr">
+      <c r="H83" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t xml:space="preserve">Waterkracht </t>
-[...2 lines deleted...]
-      <c r="B84" s="8" t="n">
+          <t xml:space="preserve">Windkracht </t>
+        </is>
+      </c>
+      <c r="B84" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="C84" s="8" t="n">
+      <c r="C84" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D84" s="8" t="n">
+      <c r="D84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E84" s="5" t="n">
-        <v>0.004</v>
-[...1 lines deleted...]
-      <c r="F84" s="6" t="inlineStr">
+        <v>0.014</v>
+      </c>
+      <c r="F84" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G84" t="n">
         <v>3.6</v>
       </c>
-      <c r="H84" s="7" t="inlineStr">
+      <c r="H84" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biomassa </t>
-[...5 lines deleted...]
-      <c r="C85" s="8" t="n">
+          <t xml:space="preserve">Zonne-energie </t>
+        </is>
+      </c>
+      <c r="B85" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D85" s="5" t="n">
-        <v>0.044</v>
+      <c r="C85" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D85" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="E85" s="5" t="n">
-        <v>0.001</v>
-[...1 lines deleted...]
-      <c r="F85" s="6" t="inlineStr">
+        <v>0.061</v>
+      </c>
+      <c r="F85" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G85" t="n">
         <v>3.6</v>
       </c>
-      <c r="H85" s="7" t="inlineStr">
+      <c r="H85" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t xml:space="preserve">Stroometiket </t>
-[...12 lines deleted...]
-      <c r="F86" s="6" t="inlineStr">
+          <t xml:space="preserve">Waterkracht </t>
+        </is>
+      </c>
+      <c r="B86" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C86" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D86" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="F86" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G86" t="n">
         <v>3.6</v>
       </c>
-      <c r="H86" s="7" t="inlineStr">
-[...18 lines deleted...]
-      <c r="B88" s="4" t="inlineStr">
+      <c r="H86" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Biomassa </t>
+        </is>
+      </c>
+      <c r="B87" s="5" t="n">
+        <v>0.044</v>
+      </c>
+      <c r="C87" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D87" s="5" t="n">
+        <v>0.044</v>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="F87" s="7" t="inlineStr">
+        <is>
+          <t>kWh</t>
+        </is>
+      </c>
+      <c r="G87" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="H87" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stroometiket </t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Variabel</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr"/>
+      <c r="D88" s="5" t="n">
+        <v>0.058</v>
+      </c>
+      <c r="E88" t="inlineStr"/>
+      <c r="F88" s="7" t="inlineStr">
+        <is>
+          <t>kWh</t>
+        </is>
+      </c>
+      <c r="G88" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="H88" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" ht="40" customHeight="1">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>Warmtelevering</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr"/>
+      <c r="B90" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C88" t="inlineStr"/>
-[...19 lines deleted...]
-      <c r="E89" s="4" t="inlineStr">
+      <c r="C90" t="inlineStr"/>
+      <c r="D90" t="inlineStr"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="4" t="n"/>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t>Totaal</t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Productie-emissies</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies</t>
+        </is>
+      </c>
+      <c r="E91" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F89" s="4" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G89" s="4" t="inlineStr">
+      <c r="G91" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
-    <row r="90">
-[...42 lines deleted...]
-    </row>
     <row r="92">
-      <c r="A92" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A92" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Gemiddelde Warmtenetten </t>
+        </is>
+      </c>
+      <c r="B92" s="9" t="n">
+        <v>26.84</v>
+      </c>
+      <c r="C92" s="9" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="D92" s="9" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="E92" t="inlineStr"/>
+      <c r="F92" s="7" t="inlineStr">
+        <is>
+          <t>GJ</t>
+        </is>
+      </c>
+      <c r="G92" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H92" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Trein Combinatie</t>
-[...9 lines deleted...]
-        <v>0.008</v>
+          <t xml:space="preserve">Restwarmte zonder bijstook </t>
+        </is>
+      </c>
+      <c r="B93" s="11" t="n">
+        <v>8.800000000000001</v>
+      </c>
+      <c r="C93" s="11" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="D93" s="11" t="n">
+        <v>0.9</v>
       </c>
       <c r="E93" t="inlineStr"/>
-      <c r="F93" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>tonkilometer</t>
+      <c r="F93" s="7" t="inlineStr">
+        <is>
+          <t>GJ</t>
         </is>
       </c>
       <c r="G93" t="n">
-        <v>0.1</v>
-[...72 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="H93" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" ht="40" customHeight="1">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>Koudemiddelen</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" ht="40" customHeight="1">
+      <c r="A95" s="3" t="inlineStr">
+        <is>
+          <t>Blends</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr"/>
+      <c r="D95" t="inlineStr"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="4" t="n"/>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t>Kg CO₂-eq / eenheid</t>
-[...3 lines deleted...]
-      <c r="D96" t="inlineStr"/>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E96" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G96" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
     </row>
     <row r="97">
-      <c r="A97" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A97" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R404a </t>
+        </is>
+      </c>
+      <c r="B97" s="6" t="n">
+        <v>3943</v>
+      </c>
+      <c r="C97" t="inlineStr"/>
+      <c r="D97" t="inlineStr"/>
+      <c r="E97" s="6" t="n">
+        <v>3922</v>
+      </c>
+      <c r="F97" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr"/>
+      <c r="H97" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>Binnenvaart Gemiddeld, 1500-3000 ton (RHK-groot Rijnschip)</t>
-[...20 lines deleted...]
-      <c r="H98" s="7" t="inlineStr">
+          <t xml:space="preserve">R407a </t>
+        </is>
+      </c>
+      <c r="B98" s="6" t="n">
+        <v>1923</v>
+      </c>
+      <c r="C98" t="inlineStr"/>
+      <c r="D98" t="inlineStr"/>
+      <c r="E98" s="6" t="n">
+        <v>2107</v>
+      </c>
+      <c r="F98" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr"/>
+      <c r="H98" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>Binnenvaart Groot, 5000-11000 ton (koppelverband-duwbak)</t>
-[...20 lines deleted...]
-      <c r="H99" s="7" t="inlineStr">
+          <t xml:space="preserve">R407c </t>
+        </is>
+      </c>
+      <c r="B99" s="6" t="n">
+        <v>1624</v>
+      </c>
+      <c r="C99" t="inlineStr"/>
+      <c r="D99" t="inlineStr"/>
+      <c r="E99" s="6" t="n">
+        <v>1774</v>
+      </c>
+      <c r="F99" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr"/>
+      <c r="H99" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>Binnenvaart Klein, 300-600 ton (Spits-Kempenaar)</t>
-[...20 lines deleted...]
-      <c r="H100" s="7" t="inlineStr">
+          <t xml:space="preserve">R407f </t>
+        </is>
+      </c>
+      <c r="B100" s="6" t="n">
+        <v>1674</v>
+      </c>
+      <c r="C100" t="inlineStr"/>
+      <c r="D100" t="inlineStr"/>
+      <c r="E100" s="6" t="n">
+        <v>1825</v>
+      </c>
+      <c r="F100" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr"/>
+      <c r="H100" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Zeevaart Deep Sea</t>
-[...20 lines deleted...]
-      <c r="H101" s="7" t="inlineStr">
+          <t xml:space="preserve">R410a </t>
+        </is>
+      </c>
+      <c r="B101" s="6" t="n">
+        <v>1924</v>
+      </c>
+      <c r="C101" t="inlineStr"/>
+      <c r="D101" t="inlineStr"/>
+      <c r="E101" s="6" t="n">
+        <v>2088</v>
+      </c>
+      <c r="F101" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr"/>
+      <c r="H101" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>Zeevaart Gemiddelde</t>
-[...20 lines deleted...]
-      <c r="H102" s="7" t="inlineStr">
+          <t xml:space="preserve">R417a </t>
+        </is>
+      </c>
+      <c r="B102" s="6" t="n">
+        <v>2127</v>
+      </c>
+      <c r="C102" t="inlineStr"/>
+      <c r="D102" t="inlineStr"/>
+      <c r="E102" s="6" t="n">
+        <v>2346</v>
+      </c>
+      <c r="F102" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr"/>
+      <c r="H102" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>Zeevaart Kustvaart</t>
-[...35 lines deleted...]
-        </is>
+          <t xml:space="preserve">R422d </t>
+        </is>
+      </c>
+      <c r="B103" s="6" t="n">
+        <v>2473</v>
+      </c>
+      <c r="C103" t="inlineStr"/>
+      <c r="D103" t="inlineStr"/>
+      <c r="E103" s="6" t="n">
+        <v>2729</v>
+      </c>
+      <c r="F103" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr"/>
+      <c r="H103" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R438a </t>
+        </is>
+      </c>
+      <c r="B104" s="6" t="n">
+        <v>2059</v>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
+      <c r="E104" s="6" t="n">
+        <v>2265</v>
+      </c>
+      <c r="F104" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr"/>
+      <c r="H104" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="105">
-      <c r="A105" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A105" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R448a </t>
+        </is>
+      </c>
+      <c r="B105" s="6" t="n">
+        <v>1273</v>
+      </c>
+      <c r="C105" t="inlineStr"/>
+      <c r="D105" t="inlineStr"/>
+      <c r="E105" s="6" t="n">
+        <v>1387</v>
+      </c>
+      <c r="F105" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr"/>
+      <c r="H105" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>Bestelauto &lt;2 ton</t>
-[...20 lines deleted...]
-      <c r="H106" s="7" t="inlineStr">
+          <t xml:space="preserve">R449a </t>
+        </is>
+      </c>
+      <c r="B106" s="6" t="n">
+        <v>1282</v>
+      </c>
+      <c r="C106" t="inlineStr"/>
+      <c r="D106" t="inlineStr"/>
+      <c r="E106" s="6" t="n">
+        <v>1397</v>
+      </c>
+      <c r="F106" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr"/>
+      <c r="H106" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>Vrachtwagen &lt; 10 ton</t>
-[...20 lines deleted...]
-      <c r="H107" s="7" t="inlineStr">
+          <t xml:space="preserve">R450a </t>
+        </is>
+      </c>
+      <c r="B107" s="6" t="n">
+        <v>547</v>
+      </c>
+      <c r="C107" t="inlineStr"/>
+      <c r="D107" t="inlineStr"/>
+      <c r="E107" s="6" t="n">
+        <v>601</v>
+      </c>
+      <c r="F107" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr"/>
+      <c r="H107" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>Vrachtwagen LZV</t>
-[...20 lines deleted...]
-      <c r="H108" s="7" t="inlineStr">
+          <t xml:space="preserve">R452a </t>
+        </is>
+      </c>
+      <c r="B108" s="6" t="n">
+        <v>1945</v>
+      </c>
+      <c r="C108" t="inlineStr"/>
+      <c r="D108" t="inlineStr"/>
+      <c r="E108" s="6" t="n">
+        <v>2140</v>
+      </c>
+      <c r="F108" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr"/>
+      <c r="H108" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>Vrachtwagen vrachtwagen 10-20 ton</t>
-[...20 lines deleted...]
-      <c r="H109" s="7" t="inlineStr">
+          <t xml:space="preserve">R452b </t>
+        </is>
+      </c>
+      <c r="B109" s="6" t="n">
+        <v>676</v>
+      </c>
+      <c r="C109" t="inlineStr"/>
+      <c r="D109" t="inlineStr"/>
+      <c r="E109" s="6" t="n">
+        <v>698</v>
+      </c>
+      <c r="F109" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr"/>
+      <c r="H109" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>Vrachtwagen vrachtwagen &gt; 20 ton plus aanhanger</t>
-[...10 lines deleted...]
-      </c>
+          <t xml:space="preserve">R454c </t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr"/>
+      <c r="C110" t="inlineStr"/>
+      <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr"/>
-      <c r="F110" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H110" s="7" t="inlineStr">
+      <c r="F110" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr"/>
+      <c r="H110" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>Vrachtwagen zware trekker + oplegger</t>
-[...35 lines deleted...]
-        </is>
+          <t xml:space="preserve">R507 </t>
+        </is>
+      </c>
+      <c r="B111" s="6" t="n">
+        <v>3985</v>
+      </c>
+      <c r="C111" t="inlineStr"/>
+      <c r="D111" t="inlineStr"/>
+      <c r="E111" s="6" t="n">
+        <v>3985</v>
+      </c>
+      <c r="F111" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr"/>
+      <c r="H111" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R513a </t>
+        </is>
+      </c>
+      <c r="B112" s="6" t="n">
+        <v>573</v>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A113" s="4" t="n"/>
+      <c r="E112" s="6" t="n">
+        <v>631</v>
+      </c>
+      <c r="F112" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr"/>
+      <c r="H112" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" ht="40" customHeight="1">
+      <c r="A113" s="3" t="inlineStr">
+        <is>
+          <t>HCFK's</t>
+        </is>
+      </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
-          <t>Totaal (WTW)</t>
-[...12 lines deleted...]
-      <c r="E113" s="4" t="inlineStr">
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr"/>
+      <c r="D113" t="inlineStr"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="4" t="n"/>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F113" s="4" t="inlineStr">
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E114" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G113" s="4" t="inlineStr">
+      <c r="G114" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...28 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>Trein Diesel</t>
-[...10 lines deleted...]
-      </c>
+          <t>R1233zd (Z)</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr"/>
+      <c r="C115" t="inlineStr"/>
+      <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr"/>
-      <c r="F115" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H115" s="7" t="inlineStr">
+      <c r="F115" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr"/>
+      <c r="H115" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>Trein Elektrisch</t>
-[...20 lines deleted...]
-      <c r="H116" s="7" t="inlineStr">
+          <t xml:space="preserve">R22 </t>
+        </is>
+      </c>
+      <c r="B116" s="6" t="n">
+        <v>1760</v>
+      </c>
+      <c r="C116" t="inlineStr"/>
+      <c r="D116" t="inlineStr"/>
+      <c r="E116" s="6" t="n">
+        <v>1810</v>
+      </c>
+      <c r="F116" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr"/>
+      <c r="H116" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="117" ht="40" customHeight="1">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Containers - Watervervoer</t>
+          <t>HFC's</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" s="4" t="n"/>
       <c r="B118" s="4" t="inlineStr">
         <is>
-          <t>Totaal (WTW)</t>
+          <t>GWP100</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Verbrandingsemissies (TTW)</t>
+          <t>-</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>Ketenemissies (WTT)</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Montreal Protocol (AR4)</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>Binnenvaart 348 TEU (koppelverband)</t>
-[...10 lines deleted...]
-      </c>
+          <t xml:space="preserve">1234yf </t>
+        </is>
+      </c>
+      <c r="B119" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="C119" t="inlineStr"/>
+      <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr"/>
-      <c r="F119" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H119" s="7" t="inlineStr">
+      <c r="F119" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr"/>
+      <c r="H119" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>Binnenvaart 40 TEU (Neo Kemp)</t>
-[...10 lines deleted...]
-      </c>
+          <t>1234ze (Z)</t>
+        </is>
+      </c>
+      <c r="B120" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="C120" t="inlineStr"/>
+      <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr"/>
-      <c r="F120" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H120" s="7" t="inlineStr">
+      <c r="F120" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr"/>
+      <c r="H120" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>Binnenvaart 96 TEU (Rijn Herne Kanaal)</t>
-[...20 lines deleted...]
-      <c r="H121" s="7" t="inlineStr">
+          <t xml:space="preserve">R125 </t>
+        </is>
+      </c>
+      <c r="B121" s="6" t="n">
+        <v>3170</v>
+      </c>
+      <c r="C121" t="inlineStr"/>
+      <c r="D121" t="inlineStr"/>
+      <c r="E121" s="6" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F121" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr"/>
+      <c r="H121" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>Binnenvaart (gemiddelde) 208 TEU (Groot Rijnschip)</t>
-[...20 lines deleted...]
-      <c r="H122" s="7" t="inlineStr">
+          <t xml:space="preserve">R134a </t>
+        </is>
+      </c>
+      <c r="B122" s="6" t="n">
+        <v>1300</v>
+      </c>
+      <c r="C122" t="inlineStr"/>
+      <c r="D122" t="inlineStr"/>
+      <c r="E122" s="6" t="n">
+        <v>1430</v>
+      </c>
+      <c r="F122" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr"/>
+      <c r="H122" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>Zeevaart Deep Sea</t>
-[...20 lines deleted...]
-      <c r="H123" s="7" t="inlineStr">
+          <t xml:space="preserve">R143a </t>
+        </is>
+      </c>
+      <c r="B123" s="6" t="n">
+        <v>4800</v>
+      </c>
+      <c r="C123" t="inlineStr"/>
+      <c r="D123" t="inlineStr"/>
+      <c r="E123" s="6" t="n">
+        <v>4470</v>
+      </c>
+      <c r="F123" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr"/>
+      <c r="H123" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>Zeevaart Gemiddelde</t>
-[...20 lines deleted...]
-      <c r="H124" s="7" t="inlineStr">
+          <t xml:space="preserve">R23 </t>
+        </is>
+      </c>
+      <c r="B124" s="6" t="n">
+        <v>12400</v>
+      </c>
+      <c r="C124" t="inlineStr"/>
+      <c r="D124" t="inlineStr"/>
+      <c r="E124" s="6" t="n">
+        <v>14800</v>
+      </c>
+      <c r="F124" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr"/>
+      <c r="H124" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>Zeevaart Kustvaart</t>
-[...35 lines deleted...]
-        </is>
+          <t xml:space="preserve">R245fa </t>
+        </is>
+      </c>
+      <c r="B125" s="6" t="n">
+        <v>858</v>
+      </c>
+      <c r="C125" t="inlineStr"/>
+      <c r="D125" t="inlineStr"/>
+      <c r="E125" s="6" t="n">
+        <v>1030</v>
+      </c>
+      <c r="F125" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr"/>
+      <c r="H125" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R32 </t>
+        </is>
+      </c>
+      <c r="B126" s="6" t="n">
+        <v>677</v>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A127" s="4" t="n"/>
+      <c r="E126" s="6" t="n">
+        <v>675</v>
+      </c>
+      <c r="F126" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr"/>
+      <c r="H126" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="40" customHeight="1">
+      <c r="A127" s="3" t="inlineStr">
+        <is>
+          <t>Overige koudemiddelen</t>
+        </is>
+      </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
-          <t>Totaal (WTW)</t>
-[...12 lines deleted...]
-      <c r="E127" s="4" t="inlineStr">
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr"/>
+      <c r="D127" t="inlineStr"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="4" t="n"/>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F127" s="4" t="inlineStr">
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E128" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G127" s="4" t="inlineStr">
+      <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...28 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>Vrachtwagen &gt; 20 ton met aanhanger</t>
-[...10 lines deleted...]
-      </c>
+          <t>R290 Propaan</t>
+        </is>
+      </c>
+      <c r="B129" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="C129" t="inlineStr"/>
+      <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr"/>
-      <c r="F129" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H129" s="7" t="inlineStr">
+      <c r="F129" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr"/>
+      <c r="H129" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>Vrachtwagen LZV</t>
-[...10 lines deleted...]
-      </c>
+          <t>R600 Butaan</t>
+        </is>
+      </c>
+      <c r="B130" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="C130" t="inlineStr"/>
+      <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr"/>
-      <c r="F130" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H130" s="7" t="inlineStr">
+      <c r="F130" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr"/>
+      <c r="H130" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>Vrachtwagen Trekker met oplegger zwaar</t>
-[...10 lines deleted...]
-      </c>
+          <t>R600a isobutaan</t>
+        </is>
+      </c>
+      <c r="B131" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="C131" t="inlineStr"/>
+      <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr"/>
-      <c r="F131" s="6" t="inlineStr">
-[...29 lines deleted...]
-        </is>
+      <c r="F131" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr"/>
+      <c r="H131" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>R601a isopentaan</t>
+        </is>
+      </c>
+      <c r="B132" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="C132" t="inlineStr"/>
+      <c r="D132" t="inlineStr"/>
+      <c r="E132" t="inlineStr"/>
+      <c r="F132" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr"/>
+      <c r="H132" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>R717 ammoniak</t>
+        </is>
+      </c>
+      <c r="B133" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
+      <c r="E133" t="inlineStr"/>
+      <c r="F133" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr"/>
+      <c r="H133" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="134">
-      <c r="A134" s="4" t="n"/>
-[...45 lines deleted...]
-      <c r="F135" s="6" t="inlineStr">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>R744 CO2</t>
+        </is>
+      </c>
+      <c r="B134" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="C134" t="inlineStr"/>
+      <c r="D134" t="inlineStr"/>
+      <c r="E134" t="inlineStr"/>
+      <c r="F134" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
-      <c r="G135" t="inlineStr"/>
-[...2 lines deleted...]
-          <t>Link</t>
+      <c r="G134" t="inlineStr"/>
+      <c r="H134" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" ht="40" customHeight="1">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>Overige Emissies</t>
         </is>
       </c>
     </row>
     <row r="136">
-      <c r="A136" t="inlineStr">
-[...5 lines deleted...]
-        <v>1923</v>
+      <c r="A136" t="inlineStr"/>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
-      <c r="E136" s="8" t="n">
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="137">
-      <c r="A137" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A137" s="4" t="n"/>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E137" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G137" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t xml:space="preserve">R407f </t>
-[...3 lines deleted...]
-        <v>1674</v>
+          <t xml:space="preserve">Lachgas (N2O) </t>
+        </is>
+      </c>
+      <c r="B138" s="6" t="n">
+        <v>265</v>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
-      <c r="E138" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F138" s="6" t="inlineStr">
+      <c r="E138" t="inlineStr"/>
+      <c r="F138" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
-      <c r="H138" s="7" t="inlineStr">
+      <c r="H138" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t xml:space="preserve">R410a </t>
-[...3 lines deleted...]
-        <v>1924</v>
+          <t>Methaan (CH4) niet fossiel</t>
+        </is>
+      </c>
+      <c r="B139" s="6" t="n">
+        <v>28</v>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
-      <c r="E139" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F139" s="6" t="inlineStr">
+      <c r="E139" t="inlineStr"/>
+      <c r="F139" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
-      <c r="H139" s="7" t="inlineStr">
+      <c r="H139" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t xml:space="preserve">R417a </t>
-[...3 lines deleted...]
-        <v>2127</v>
+          <t xml:space="preserve">Stikstof trifluoride (NF3) </t>
+        </is>
+      </c>
+      <c r="B140" s="6" t="n">
+        <v>16100</v>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
-      <c r="E140" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F140" s="6" t="inlineStr">
+      <c r="E140" t="inlineStr"/>
+      <c r="F140" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
-      <c r="H140" s="7" t="inlineStr">
+      <c r="H140" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t xml:space="preserve">R422d </t>
-[...3 lines deleted...]
-        <v>2473</v>
+          <t xml:space="preserve">Zwavel Hexafluoride (SF6) </t>
+        </is>
+      </c>
+      <c r="B141" s="6" t="n">
+        <v>23500</v>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
-      <c r="E141" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F141" s="6" t="inlineStr">
+      <c r="E141" t="inlineStr"/>
+      <c r="F141" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
-      <c r="H141" s="7" t="inlineStr">
-[...12 lines deleted...]
-        <v>2059</v>
+      <c r="H141" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="40" customHeight="1">
+      <c r="A142" s="3" t="inlineStr">
+        <is>
+          <t>Anesthesiegassen</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
-      <c r="E142" s="8" t="n">
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="143">
-      <c r="A143" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A143" s="4" t="n"/>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E143" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G143" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t xml:space="preserve">R449a </t>
-[...3 lines deleted...]
-        <v>1282</v>
+          <t>Desfluraan (HFE-236ea2)</t>
+        </is>
+      </c>
+      <c r="B144" s="6" t="n">
+        <v>1790</v>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
-      <c r="E144" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F144" s="6" t="inlineStr">
+      <c r="E144" t="inlineStr"/>
+      <c r="F144" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
-      <c r="H144" s="7" t="inlineStr">
+      <c r="H144" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t xml:space="preserve">R450a </t>
-[...3 lines deleted...]
-        <v>547</v>
+          <t>Isofluraan (HCFE-235da2)</t>
+        </is>
+      </c>
+      <c r="B145" s="6" t="n">
+        <v>491</v>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
-      <c r="E145" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F145" s="6" t="inlineStr">
+      <c r="E145" t="inlineStr"/>
+      <c r="F145" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
-      <c r="H145" s="7" t="inlineStr">
+      <c r="H145" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t xml:space="preserve">R452a </t>
-[...3 lines deleted...]
-        <v>1945</v>
+          <t>Sevofluraan (HFE-347mmz1)</t>
+        </is>
+      </c>
+      <c r="B146" s="6" t="n">
+        <v>216</v>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
-      <c r="E146" s="8" t="n">
-[...2 lines deleted...]
-      <c r="F146" s="6" t="inlineStr">
+      <c r="E146" t="inlineStr"/>
+      <c r="F146" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
-      <c r="H146" s="7" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B148" t="inlineStr"/>
+      <c r="H146" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="40" customHeight="1">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>Personenvervoer</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" ht="40" customHeight="1">
+      <c r="A148" s="3" t="inlineStr">
+        <is>
+          <t>Auto</t>
+        </is>
+      </c>
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
-      <c r="E148" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="149">
-      <c r="A149" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A149" s="4" t="n"/>
+      <c r="B149" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E149" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G149" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t xml:space="preserve">R513a </t>
-[...34 lines deleted...]
-      <c r="D151" t="inlineStr"/>
+          <t>Gemiddelde auto Brandstofsoort onbekend</t>
+        </is>
+      </c>
+      <c r="B150" s="5" t="n">
+        <v>0.193</v>
+      </c>
+      <c r="C150" s="5" t="n">
+        <v>0.145</v>
+      </c>
+      <c r="D150" s="5" t="n">
+        <v>0.049</v>
+      </c>
+      <c r="E150" t="inlineStr"/>
+      <c r="F150" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G150" t="n">
+        <v>2.19</v>
+      </c>
+      <c r="H150" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>Benzine Middel</t>
+        </is>
+      </c>
+      <c r="B151" s="5" t="n">
+        <v>0.204</v>
+      </c>
+      <c r="C151" s="5" t="n">
+        <v>0.157</v>
+      </c>
+      <c r="D151" s="5" t="n">
+        <v>0.047</v>
+      </c>
+      <c r="E151" t="inlineStr"/>
+      <c r="F151" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G151" t="n">
+        <v>2.21</v>
+      </c>
+      <c r="H151" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="152">
-      <c r="A152" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>Diesel Middel</t>
+        </is>
+      </c>
+      <c r="B152" s="5" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="C152" s="5" t="n">
+        <v>0.136</v>
+      </c>
+      <c r="D152" s="5" t="n">
+        <v>0.043</v>
+      </c>
+      <c r="E152" t="inlineStr"/>
+      <c r="F152" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G152" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="H152" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>R1233zd (Z)</t>
-[...4 lines deleted...]
-      <c r="D153" t="inlineStr"/>
+          <t>LPG Middel</t>
+        </is>
+      </c>
+      <c r="B153" s="5" t="n">
+        <v>0.152</v>
+      </c>
+      <c r="C153" s="5" t="n">
+        <v>0.138</v>
+      </c>
+      <c r="D153" s="5" t="n">
+        <v>0.014</v>
+      </c>
       <c r="E153" t="inlineStr"/>
-      <c r="F153" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H153" s="7" t="inlineStr">
+      <c r="F153" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G153" t="n">
+        <v>2.47</v>
+      </c>
+      <c r="H153" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t xml:space="preserve">R22 </t>
-[...34 lines deleted...]
-      <c r="D155" t="inlineStr"/>
+          <t>CNG/Aardgas Middel</t>
+        </is>
+      </c>
+      <c r="B154" s="5" t="n">
+        <v>0.136</v>
+      </c>
+      <c r="C154" s="5" t="n">
+        <v>0.118</v>
+      </c>
+      <c r="D154" s="5" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="E154" t="inlineStr"/>
+      <c r="F154" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G154" t="n">
+        <v>2.86</v>
+      </c>
+      <c r="H154" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>Bio-CNG Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B155" s="5" t="n">
+        <v>0.054</v>
+      </c>
+      <c r="C155" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="D155" s="5" t="n">
+        <v>0.047</v>
+      </c>
+      <c r="E155" t="inlineStr"/>
+      <c r="F155" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G155" t="n">
+        <v>2.86</v>
+      </c>
+      <c r="H155" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="156">
-      <c r="A156" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>Bio-ethanol (E85) Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B156" s="5" t="n">
+        <v>0.091</v>
+      </c>
+      <c r="C156" s="5" t="n">
+        <v>0.038</v>
+      </c>
+      <c r="D156" s="5" t="n">
+        <v>0.053</v>
+      </c>
+      <c r="E156" t="inlineStr"/>
+      <c r="F156" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G156" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H156" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t xml:space="preserve">1234yf </t>
-[...3 lines deleted...]
-        <v>1</v>
+          <t>Benzine Plug-in hybride (PHEV)</t>
+        </is>
+      </c>
+      <c r="B157" s="5" t="n">
+        <v>0.128</v>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr"/>
-      <c r="F157" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H157" s="7" t="inlineStr">
+      <c r="F157" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G157" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="H157" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>1234ze (Z)</t>
-[...6 lines deleted...]
-      <c r="D158" t="inlineStr"/>
+          <t>Biodiesel HVO 100% Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B158" s="5" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="C158" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="D158" s="5" t="n">
+        <v>0.016</v>
+      </c>
       <c r="E158" t="inlineStr"/>
-      <c r="F158" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H158" s="7" t="inlineStr">
+      <c r="F158" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G158" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="H158" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t xml:space="preserve">R125 </t>
-[...16 lines deleted...]
-      <c r="H159" s="7" t="inlineStr">
+          <t>Elektrisch Gemiddelde stroommix</t>
+        </is>
+      </c>
+      <c r="B159" s="5" t="n">
+        <v>0.08500000000000001</v>
+      </c>
+      <c r="C159" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D159" s="5" t="n">
+        <v>0.08500000000000001</v>
+      </c>
+      <c r="E159" t="inlineStr"/>
+      <c r="F159" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G159" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="H159" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t xml:space="preserve">R134a </t>
-[...16 lines deleted...]
-      <c r="H160" s="7" t="inlineStr">
+          <t>Elektrisch Groene stroom</t>
+        </is>
+      </c>
+      <c r="B160" s="5" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="C160" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D160" s="5" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="E160" t="inlineStr"/>
+      <c r="F160" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G160" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="H160" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t xml:space="preserve">R143a </t>
-[...16 lines deleted...]
-      <c r="H161" s="7" t="inlineStr">
+          <t>Elektrisch Grijze stroom</t>
+        </is>
+      </c>
+      <c r="B161" s="5" t="n">
+        <v>0.104</v>
+      </c>
+      <c r="C161" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D161" s="5" t="n">
+        <v>0.104</v>
+      </c>
+      <c r="E161" t="inlineStr"/>
+      <c r="F161" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G161" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="H161" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t xml:space="preserve">R23 </t>
-[...16 lines deleted...]
-      <c r="H162" s="7" t="inlineStr">
+          <t>Waterstof grijs Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B162" s="5" t="n">
+        <v>0.112</v>
+      </c>
+      <c r="C162" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D162" s="5" t="n">
+        <v>0.112</v>
+      </c>
+      <c r="E162" t="inlineStr"/>
+      <c r="F162" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G162" t="n">
+        <v>1.24</v>
+      </c>
+      <c r="H162" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t xml:space="preserve">R245fa </t>
-[...16 lines deleted...]
-      <c r="H163" s="7" t="inlineStr">
+          <t>Waterstof groen Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B163" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="C163" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D163" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="E163" t="inlineStr"/>
+      <c r="F163" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G163" t="n">
+        <v>1.24</v>
+      </c>
+      <c r="H163" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t xml:space="preserve">R32 </t>
-[...12 lines deleted...]
-          <t>kg</t>
+          <t>Benzine Klein</t>
+        </is>
+      </c>
+      <c r="B164" s="5" t="n">
+        <v>0.174</v>
+      </c>
+      <c r="C164" s="5" t="n">
+        <v>0.134</v>
+      </c>
+      <c r="D164" s="5" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="E164" t="inlineStr"/>
+      <c r="F164" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
-      <c r="H164" s="7" t="inlineStr">
-[...17 lines deleted...]
-      <c r="D165" t="inlineStr"/>
+      <c r="H164" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>Benzine Groot</t>
+        </is>
+      </c>
+      <c r="B165" s="5" t="n">
+        <v>0.218</v>
+      </c>
+      <c r="C165" s="5" t="n">
+        <v>0.167</v>
+      </c>
+      <c r="D165" s="5" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="E165" t="inlineStr"/>
+      <c r="F165" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr"/>
+      <c r="H165" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="166">
-      <c r="A166" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>Benzine Hybride</t>
+        </is>
+      </c>
+      <c r="B166" s="5" t="n">
+        <v>0.144</v>
+      </c>
+      <c r="C166" s="5" t="n">
+        <v>0.111</v>
+      </c>
+      <c r="D166" s="5" t="n">
+        <v>0.033</v>
+      </c>
+      <c r="E166" t="inlineStr"/>
+      <c r="F166" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr"/>
+      <c r="H166" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>R290 Propaan</t>
-[...6 lines deleted...]
-      <c r="D167" t="inlineStr"/>
+          <t>Diesel Klein</t>
+        </is>
+      </c>
+      <c r="B167" s="5" t="n">
+        <v>0.166</v>
+      </c>
+      <c r="C167" s="5" t="n">
+        <v>0.126</v>
+      </c>
+      <c r="D167" s="5" t="n">
+        <v>0.04</v>
+      </c>
       <c r="E167" t="inlineStr"/>
-      <c r="F167" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F167" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
-      <c r="H167" s="7" t="inlineStr">
+      <c r="H167" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>R600 Butaan</t>
-[...6 lines deleted...]
-      <c r="D168" t="inlineStr"/>
+          <t>Diesel Groot</t>
+        </is>
+      </c>
+      <c r="B168" s="5" t="n">
+        <v>0.203</v>
+      </c>
+      <c r="C168" s="5" t="n">
+        <v>0.154</v>
+      </c>
+      <c r="D168" s="5" t="n">
+        <v>0.049</v>
+      </c>
       <c r="E168" t="inlineStr"/>
-      <c r="F168" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F168" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
-      <c r="H168" s="7" t="inlineStr">
+      <c r="H168" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>R600a isobutaan</t>
-[...6 lines deleted...]
-      <c r="D169" t="inlineStr"/>
+          <t>Diesel Hybride</t>
+        </is>
+      </c>
+      <c r="B169" s="5" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="C169" s="5" t="n">
+        <v>0.115</v>
+      </c>
+      <c r="D169" s="5" t="n">
+        <v>0.035</v>
+      </c>
       <c r="E169" t="inlineStr"/>
-      <c r="F169" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F169" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
-      <c r="H169" s="7" t="inlineStr">
+      <c r="H169" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>R601a isopentaan</t>
-[...6 lines deleted...]
-      <c r="D170" t="inlineStr"/>
+          <t>LPG Klein</t>
+        </is>
+      </c>
+      <c r="B170" s="5" t="n">
+        <v>0.145</v>
+      </c>
+      <c r="C170" s="5" t="n">
+        <v>0.132</v>
+      </c>
+      <c r="D170" s="5" t="n">
+        <v>0.013</v>
+      </c>
       <c r="E170" t="inlineStr"/>
-      <c r="F170" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F170" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
-      <c r="H170" s="7" t="inlineStr">
+      <c r="H170" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>R717 ammoniak</t>
-[...6 lines deleted...]
-      <c r="D171" t="inlineStr"/>
+          <t>LPG Groot</t>
+        </is>
+      </c>
+      <c r="B171" s="5" t="n">
+        <v>0.184</v>
+      </c>
+      <c r="C171" s="5" t="n">
+        <v>0.164</v>
+      </c>
+      <c r="D171" s="9" t="n">
+        <v>0.02</v>
+      </c>
       <c r="E171" t="inlineStr"/>
-      <c r="F171" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F171" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
-      <c r="H171" s="7" t="inlineStr">
+      <c r="H171" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>R744 CO2</t>
-[...6 lines deleted...]
-      <c r="D172" t="inlineStr"/>
+          <t>Biodiesel FAME 100% Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B172" s="5" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="C172" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="D172" s="5" t="n">
+        <v>0.025</v>
+      </c>
       <c r="E172" t="inlineStr"/>
-      <c r="F172" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>kg</t>
+      <c r="F172" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
-      <c r="H172" s="7" t="inlineStr">
-[...8 lines deleted...]
-          <t>Overige Emissies</t>
+      <c r="H172" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>CNG/Aardgas Klein</t>
+        </is>
+      </c>
+      <c r="B173" s="5" t="n">
+        <v>0.129</v>
+      </c>
+      <c r="C173" s="5" t="n">
+        <v>0.112</v>
+      </c>
+      <c r="D173" s="5" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="E173" t="inlineStr"/>
+      <c r="F173" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr"/>
+      <c r="H173" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="174">
-      <c r="A174" t="inlineStr"/>
-      <c r="B174" s="4" t="inlineStr">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>CNG/Aardgas Groot</t>
+        </is>
+      </c>
+      <c r="B174" s="5" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="C174" s="5" t="n">
+        <v>0.147</v>
+      </c>
+      <c r="D174" s="5" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="E174" t="inlineStr"/>
+      <c r="F174" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr"/>
+      <c r="H174" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" ht="40" customHeight="1">
+      <c r="A175" s="3" t="inlineStr">
+        <is>
+          <t>Openbaar vervoer</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C174" t="inlineStr"/>
-[...9 lines deleted...]
-      <c r="C175" s="4" t="inlineStr">
+      <c r="C175" t="inlineStr"/>
+      <c r="D175" t="inlineStr"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="4" t="n"/>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E176" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="D175" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F175" s="4" t="inlineStr">
+      <c r="F176" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G175" s="4" t="inlineStr">
+      <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...22 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>Methaan (CH4) niet fossiel</t>
-[...6 lines deleted...]
-      <c r="D177" t="inlineStr"/>
+          <t>OV algemeen (trein, bus, metro, tram)</t>
+        </is>
+      </c>
+      <c r="B177" s="5" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="C177" s="5" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="D177" s="5" t="n">
+        <v>0.004</v>
+      </c>
       <c r="E177" t="inlineStr"/>
-      <c r="F177" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H177" s="7" t="inlineStr">
+      <c r="F177" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G177" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="H177" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t xml:space="preserve">Stikstof trifluoride (NF3) </t>
-[...6 lines deleted...]
-      <c r="D178" t="inlineStr"/>
+          <t>Bus, Tram, Metro gemiddelde</t>
+        </is>
+      </c>
+      <c r="B178" s="5" t="n">
+        <v>0.07099999999999999</v>
+      </c>
+      <c r="C178" s="5" t="n">
+        <v>0.052</v>
+      </c>
+      <c r="D178" s="5" t="n">
+        <v>0.019</v>
+      </c>
       <c r="E178" t="inlineStr"/>
-      <c r="F178" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H178" s="7" t="inlineStr">
+      <c r="F178" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G178" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="H178" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zwavel Hexafluoride (SF6) </t>
-[...6 lines deleted...]
-      <c r="D179" t="inlineStr"/>
+          <t>Trein (gemiddelde/ type onbekend)</t>
+        </is>
+      </c>
+      <c r="B179" s="5" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="C179" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="D179" s="5" t="n">
+        <v>0.001</v>
+      </c>
       <c r="E179" t="inlineStr"/>
-      <c r="F179" s="6" t="inlineStr">
-[...23 lines deleted...]
-      <c r="D180" t="inlineStr"/>
+      <c r="F179" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G179" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="H179" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>Trein (elektrisch, groene stroom)</t>
+        </is>
+      </c>
+      <c r="B180" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C180" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D180" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E180" t="inlineStr"/>
+      <c r="F180" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G180" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="H180" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="181">
-      <c r="A181" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>Trein (diesel)</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr"/>
+      <c r="C181" t="inlineStr"/>
+      <c r="D181" t="inlineStr"/>
+      <c r="E181" t="inlineStr"/>
+      <c r="F181" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G181" t="n">
+        <v>0.93</v>
+      </c>
+      <c r="H181" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>Desfluraan (HFE-236ea2)</t>
-[...6 lines deleted...]
-      <c r="D182" t="inlineStr"/>
+          <t>Trein (internationaal, gemiddelde stroommix)</t>
+        </is>
+      </c>
+      <c r="B182" s="5" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="C182" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D182" s="5" t="n">
+        <v>0.026</v>
+      </c>
       <c r="E182" t="inlineStr"/>
-      <c r="F182" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H182" s="7" t="inlineStr">
+      <c r="F182" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G182" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="H182" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>Isofluraan (HCFE-235da2)</t>
-[...3 lines deleted...]
-        <v>491</v>
+          <t>Bus (gemiddeld brandstof onbekend)</t>
+        </is>
+      </c>
+      <c r="B183" s="5" t="n">
+        <v>0.103</v>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr"/>
-      <c r="F183" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H183" s="7" t="inlineStr">
+      <c r="F183" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G183" t="n">
+        <v>1.43</v>
+      </c>
+      <c r="H183" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>Sevofluraan (HFE-347mmz1)</t>
-[...6 lines deleted...]
-      <c r="D184" t="inlineStr"/>
+          <t>Bus (diesel)</t>
+        </is>
+      </c>
+      <c r="B184" s="5" t="n">
+        <v>0.129</v>
+      </c>
+      <c r="C184" s="5" t="n">
+        <v>0.098</v>
+      </c>
+      <c r="D184" s="5" t="n">
+        <v>0.031</v>
+      </c>
       <c r="E184" t="inlineStr"/>
-      <c r="F184" s="6" t="inlineStr">
-[...30 lines deleted...]
-      <c r="D186" t="inlineStr"/>
+      <c r="F184" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G184" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="H184" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>Bus (biodiesel, HVO100)</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr"/>
+      <c r="C185" t="inlineStr"/>
+      <c r="D185" t="inlineStr"/>
+      <c r="E185" t="inlineStr"/>
+      <c r="F185" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr"/>
+      <c r="H185" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>Bus (groengas)</t>
+        </is>
+      </c>
+      <c r="B186" s="5" t="n">
+        <v>0.055</v>
+      </c>
+      <c r="C186" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="D186" s="5" t="n">
+        <v>0.048</v>
+      </c>
+      <c r="E186" t="inlineStr"/>
+      <c r="F186" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G186" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="H186" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="187">
-      <c r="A187" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>Bus (elektrisch, groene stroom)</t>
+        </is>
+      </c>
+      <c r="B187" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C187" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D187" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E187" t="inlineStr"/>
+      <c r="F187" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G187" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="H187" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>Gemiddelde auto Brandstofsoort onbekend</t>
+          <t>Bus (brandstofcel/waterstof)</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>0.193</v>
+        <v>0.116</v>
       </c>
       <c r="C188" s="5" t="n">
-        <v>0.145</v>
+        <v>0</v>
       </c>
       <c r="D188" s="5" t="n">
-        <v>0.049</v>
+        <v>0.116</v>
       </c>
       <c r="E188" t="inlineStr"/>
-      <c r="F188" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>voertuigkilometer</t>
+      <c r="F188" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G188" t="n">
-        <v>2.19</v>
-[...1 lines deleted...]
-      <c r="H188" s="7" t="inlineStr">
+        <v>0.86</v>
+      </c>
+      <c r="H188" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>Benzine Middel</t>
-[...9 lines deleted...]
-        <v>0.047</v>
+          <t>Metro (groene stroom)</t>
+        </is>
+      </c>
+      <c r="B189" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C189" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D189" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="E189" t="inlineStr"/>
-      <c r="F189" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>voertuigkilometer</t>
+      <c r="F189" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G189" t="n">
-        <v>2.21</v>
-[...1 lines deleted...]
-      <c r="H189" s="7" t="inlineStr">
+        <v>0.44</v>
+      </c>
+      <c r="H189" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>Diesel Middel</t>
-[...9 lines deleted...]
-        <v>0.043</v>
+          <t>Tram (groene stroom)</t>
+        </is>
+      </c>
+      <c r="B190" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C190" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D190" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="E190" t="inlineStr"/>
-      <c r="F190" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>voertuigkilometer</t>
+      <c r="F190" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G190" t="n">
-        <v>2.28</v>
-[...35 lines deleted...]
-      </c>
+        <v>0.68</v>
+      </c>
+      <c r="H190" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" ht="40" customHeight="1">
+      <c r="A191" s="3" t="inlineStr">
+        <is>
+          <t>Touringcar</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr"/>
+      <c r="D191" t="inlineStr"/>
     </row>
     <row r="192">
-      <c r="A192" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A192" s="4" t="n"/>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E192" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G192" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>Bio-CNG Gemiddeld</t>
+          <t>Diesel (reizigerskilometer)</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>0.054</v>
+        <v>0.033</v>
       </c>
       <c r="C193" s="5" t="n">
-        <v>0.007</v>
+        <v>0.027</v>
       </c>
       <c r="D193" s="5" t="n">
-        <v>0.047</v>
+        <v>0.006</v>
       </c>
       <c r="E193" t="inlineStr"/>
-      <c r="F193" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>voertuigkilometer</t>
+      <c r="F193" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G193" t="n">
-        <v>2.86</v>
-[...1 lines deleted...]
-      <c r="H193" s="7" t="inlineStr">
+        <v>0.2</v>
+      </c>
+      <c r="H193" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>Bio-ethanol (E85) Gemiddeld</t>
-[...10 lines deleted...]
-      </c>
+          <t>HVO 100/biodiesel (reizigerskilometer)</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr"/>
+      <c r="C194" t="inlineStr"/>
+      <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr"/>
-      <c r="F194" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H194" s="7" t="inlineStr">
+      <c r="F194" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr"/>
+      <c r="H194" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>Benzine Plug-in hybride</t>
-[...4 lines deleted...]
-      </c>
+          <t>Batterij/elektrisch (reizigerskilometer)</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr"/>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr"/>
-      <c r="F195" s="6" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H195" s="7" t="inlineStr">
+      <c r="F195" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr"/>
+      <c r="H195" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>Biodiesel HVO 100% Gemiddeld</t>
+          <t xml:space="preserve">Diesel </t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>0.018</v>
+        <v>1.043</v>
       </c>
       <c r="C196" s="5" t="n">
-        <v>0.002</v>
-[...2 lines deleted...]
-        <v>0.016</v>
+        <v>0.853</v>
+      </c>
+      <c r="D196" s="9" t="n">
+        <v>0.19</v>
       </c>
       <c r="E196" t="inlineStr"/>
-      <c r="F196" s="6" t="inlineStr">
+      <c r="F196" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G196" t="n">
-        <v>2.28</v>
-[...1 lines deleted...]
-      <c r="H196" s="7" t="inlineStr">
+        <v>9.65</v>
+      </c>
+      <c r="H196" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>Elektrisch Gemiddelde stroommix</t>
-[...10 lines deleted...]
-      </c>
+          <t xml:space="preserve">HVO 100/biodiesel </t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr"/>
+      <c r="C197" t="inlineStr"/>
+      <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr"/>
-      <c r="F197" s="6" t="inlineStr">
+      <c r="F197" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G197" t="n">
-[...2 lines deleted...]
-      <c r="H197" s="7" t="inlineStr">
+      <c r="G197" t="inlineStr"/>
+      <c r="H197" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>Elektrisch Groene stroom</t>
-[...10 lines deleted...]
-      </c>
+          <t xml:space="preserve">Batterij/elektrisch </t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr"/>
+      <c r="C198" t="inlineStr"/>
+      <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr"/>
-      <c r="F198" s="6" t="inlineStr">
+      <c r="F198" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G198" t="n">
-[...36 lines deleted...]
-      </c>
+      <c r="G198" t="inlineStr"/>
+      <c r="H198" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" ht="40" customHeight="1">
+      <c r="A199" s="3" t="inlineStr">
+        <is>
+          <t>Tweewielers</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr"/>
+      <c r="D199" t="inlineStr"/>
     </row>
     <row r="200">
-      <c r="A200" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A200" s="4" t="n"/>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E200" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G200" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>Waterstof groen Gemiddeld</t>
-[...10 lines deleted...]
-      </c>
+          <t>Fiets (elektrisch, gemiddelde stroommix)</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr"/>
+      <c r="C201" t="inlineStr"/>
+      <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr"/>
-      <c r="F201" s="6" t="inlineStr">
+      <c r="F201" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G201" t="n">
-[...2 lines deleted...]
-      <c r="H201" s="7" t="inlineStr">
+      <c r="G201" t="inlineStr"/>
+      <c r="H201" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>Benzine Klein</t>
-[...10 lines deleted...]
-      </c>
+          <t>Bromfiets (gemiddeld)</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr"/>
+      <c r="C202" t="inlineStr"/>
+      <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr"/>
-      <c r="F202" s="6" t="inlineStr">
+      <c r="F202" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
-      <c r="H202" s="7" t="inlineStr">
+      <c r="H202" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>Benzine Groot</t>
-[...10 lines deleted...]
-      </c>
+          <t>Bromfiets (elektrisch, gemiddelde stroommix)</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr"/>
+      <c r="C203" t="inlineStr"/>
+      <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr"/>
-      <c r="F203" s="6" t="inlineStr">
+      <c r="F203" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
-      <c r="H203" s="7" t="inlineStr">
+      <c r="H203" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>Benzine Hybride</t>
-[...10 lines deleted...]
-      </c>
+          <t>Motor (gemiddeld / benzine)</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr"/>
+      <c r="C204" t="inlineStr"/>
+      <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr"/>
-      <c r="F204" s="6" t="inlineStr">
+      <c r="F204" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
-      <c r="H204" s="7" t="inlineStr">
+      <c r="H204" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>Diesel Klein</t>
-[...10 lines deleted...]
-      </c>
+          <t>Motor (elektrisch, gemiddelde stroommix)</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr"/>
+      <c r="C205" t="inlineStr"/>
+      <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr"/>
-      <c r="F205" s="6" t="inlineStr">
+      <c r="F205" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
-      <c r="H205" s="7" t="inlineStr">
-[...31 lines deleted...]
-      </c>
+      <c r="H205" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" ht="40" customHeight="1">
+      <c r="A206" s="3" t="inlineStr">
+        <is>
+          <t>Vliegtuig</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr"/>
+      <c r="D206" t="inlineStr"/>
     </row>
     <row r="207">
-      <c r="A207" t="inlineStr">
-[...22 lines deleted...]
-          <t>Link</t>
+      <c r="A207" s="4" t="n"/>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E207" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G207" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>LPG Klein</t>
+          <t>Gemiddelde (alle afstanden)</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>0.145</v>
-[...2 lines deleted...]
-        <v>0.132</v>
+        <v>0.182</v>
+      </c>
+      <c r="C208" s="9" t="n">
+        <v>0.16</v>
       </c>
       <c r="D208" s="5" t="n">
-        <v>0.013</v>
+        <v>0.022</v>
       </c>
       <c r="E208" t="inlineStr"/>
-      <c r="F208" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H208" s="7" t="inlineStr">
+      <c r="F208" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G208" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="H208" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>LPG Groot</t>
+          <t>Regionaal (&lt;700 km)</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>0.184</v>
+        <v>0.234</v>
       </c>
       <c r="C209" s="5" t="n">
-        <v>0.164</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>0.202</v>
+      </c>
+      <c r="D209" s="5" t="n">
+        <v>0.032</v>
       </c>
       <c r="E209" t="inlineStr"/>
-      <c r="F209" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H209" s="7" t="inlineStr">
+      <c r="F209" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G209" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="H209" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>Biodiesel FAME 100% Gemiddeld</t>
+          <t>Europees (700 - 2.500 km)</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>0.027</v>
+        <v>0.172</v>
       </c>
       <c r="C210" s="5" t="n">
-        <v>0.002</v>
+        <v>0.152</v>
       </c>
       <c r="D210" s="5" t="n">
-        <v>0.025</v>
+        <v>0.021</v>
       </c>
       <c r="E210" t="inlineStr"/>
-      <c r="F210" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H210" s="7" t="inlineStr">
+      <c r="F210" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G210" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="H210" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>CNG/Aardgas Klein</t>
+          <t>Intercontinentaal (&gt; 2.500 km)</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>0.129</v>
+        <v>0.157</v>
       </c>
       <c r="C211" s="5" t="n">
-        <v>0.112</v>
+        <v>0.14</v>
       </c>
       <c r="D211" s="5" t="n">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
       <c r="E211" t="inlineStr"/>
-      <c r="F211" s="6" t="inlineStr">
-[...40 lines deleted...]
-      <c r="A213" s="3" t="inlineStr">
+      <c r="F211" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G211" t="n">
+        <v>0.93</v>
+      </c>
+      <c r="H211" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" ht="40" customHeight="1">
+      <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Minibus (max. 8 personen)</t>
         </is>
       </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr"/>
+      <c r="D212" t="inlineStr"/>
+    </row>
+    <row r="213">
+      <c r="A213" s="4" t="n"/>
       <c r="B213" s="4" t="inlineStr">
         <is>
-          <t>Kg CO₂-eq / eenheid</t>
-[...3 lines deleted...]
-      <c r="D213" t="inlineStr"/>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E213" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G213" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
     </row>
     <row r="214">
-      <c r="A214" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>Gemiddeld (reizigerskilometer)</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr"/>
+      <c r="C214" t="inlineStr"/>
+      <c r="D214" t="inlineStr"/>
+      <c r="E214" t="inlineStr"/>
+      <c r="F214" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr"/>
+      <c r="H214" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>Gemiddeld (reizigerskilometer)</t>
+          <t>Batterij/Elektrisch Gemiddelde stroommix</t>
         </is>
       </c>
       <c r="B215" t="inlineStr"/>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr"/>
-      <c r="F215" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F215" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
-      <c r="H215" s="7" t="inlineStr">
+      <c r="H215" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>Batterij/Elektrisch Gemiddelde stroommix</t>
-[...4 lines deleted...]
-      <c r="D216" t="inlineStr"/>
+          <t xml:space="preserve">Diesel </t>
+        </is>
+      </c>
+      <c r="B216" s="5" t="n">
+        <v>0.298</v>
+      </c>
+      <c r="C216" s="5" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="D216" s="5" t="n">
+        <v>0.058</v>
+      </c>
       <c r="E216" t="inlineStr"/>
-      <c r="F216" s="6" t="inlineStr">
+      <c r="F216" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G216" t="inlineStr"/>
-[...27 lines deleted...]
-      <c r="G217" t="n">
+      <c r="G216" t="n">
         <v>3.18</v>
       </c>
-      <c r="H217" s="7" t="inlineStr">
-[...10 lines deleted...]
-      </c>
+      <c r="H216" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="40" customHeight="1">
+      <c r="A217" s="3" t="inlineStr">
+        <is>
+          <t>Veerboot</t>
+        </is>
+      </c>
+      <c r="B217" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr"/>
+      <c r="D217" t="inlineStr"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="4" t="n"/>
       <c r="B218" s="4" t="inlineStr">
         <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E218" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G218" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Gemiddeld </t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr"/>
+      <c r="C219" t="inlineStr"/>
+      <c r="D219" t="inlineStr"/>
+      <c r="E219" t="inlineStr"/>
+      <c r="F219" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr"/>
+      <c r="H219" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" ht="40" customHeight="1">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>Goederenvervoer</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" ht="40" customHeight="1">
+      <c r="A221" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Luchtvracht</t>
+        </is>
+      </c>
+      <c r="B221" s="4" t="inlineStr">
+        <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C218" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B219" s="4" t="inlineStr">
+      <c r="C221" t="inlineStr"/>
+      <c r="D221" t="inlineStr"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="4" t="n"/>
+      <c r="B222" s="4" t="inlineStr">
         <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
-      <c r="C219" s="4" t="inlineStr">
+      <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
-      <c r="D219" s="4" t="inlineStr">
+      <c r="D222" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies (WTT)</t>
         </is>
       </c>
-      <c r="E219" s="4" t="inlineStr">
+      <c r="E222" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F219" s="4" t="inlineStr">
+      <c r="F222" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G219" s="4" t="inlineStr">
+      <c r="G222" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...88 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>Trein (elektrisch, groene stroom)</t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>Luchtvaart Lange afstand</t>
+        </is>
+      </c>
+      <c r="B223" s="5" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="C223" s="5" t="n">
+        <v>0.431</v>
+      </c>
+      <c r="D223" s="5" t="n">
+        <v>0.119</v>
       </c>
       <c r="E223" t="inlineStr"/>
-      <c r="F223" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F223" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G223" t="n">
-        <v>0.14</v>
-[...13 lines deleted...]
-      <c r="B224" t="inlineStr"/>
+        <v>5.9</v>
+      </c>
+      <c r="H223" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" ht="40" customHeight="1">
+      <c r="A224" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Watervervoer</t>
+        </is>
+      </c>
+      <c r="B224" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
-      <c r="E224" t="inlineStr"/>
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="225">
-      <c r="A225" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A225" s="4" t="n"/>
+      <c r="B225" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E225" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G225" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>Bus (gemiddeld brandstof onbekend)</t>
+          <t>Binnenvaart Gemiddeld, 1500-3000 ton (RHK-groot Rijnschip)</t>
         </is>
       </c>
       <c r="B226" s="5" t="n">
-        <v>0.103</v>
-[...2 lines deleted...]
-      <c r="D226" t="inlineStr"/>
+        <v>0.031</v>
+      </c>
+      <c r="C226" s="5" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="D226" s="5" t="n">
+        <v>0.008</v>
+      </c>
       <c r="E226" t="inlineStr"/>
-      <c r="F226" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F226" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G226" t="n">
-        <v>1.43</v>
-[...1 lines deleted...]
-      <c r="H226" s="7" t="inlineStr">
+        <v>0.34</v>
+      </c>
+      <c r="H226" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>Bus (diesel)</t>
+          <t>Binnenvaart Groot, 5000-11000 ton (koppelverband-duwbak)</t>
         </is>
       </c>
       <c r="B227" s="5" t="n">
-        <v>0.129</v>
+        <v>0.021</v>
       </c>
       <c r="C227" s="5" t="n">
-        <v>0.098</v>
+        <v>0.016</v>
       </c>
       <c r="D227" s="5" t="n">
-        <v>0.031</v>
+        <v>0.005</v>
       </c>
       <c r="E227" t="inlineStr"/>
-      <c r="F227" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F227" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G227" t="n">
-        <v>1.41</v>
-[...1 lines deleted...]
-      <c r="H227" s="7" t="inlineStr">
+        <v>0.23</v>
+      </c>
+      <c r="H227" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>Bus (biodiesel, HVO100)</t>
-[...4 lines deleted...]
-      <c r="D228" t="inlineStr"/>
+          <t>Binnenvaart Klein, 300-600 ton (Spits-Kempenaar)</t>
+        </is>
+      </c>
+      <c r="B228" s="5" t="n">
+        <v>0.041</v>
+      </c>
+      <c r="C228" s="5" t="n">
+        <v>0.031</v>
+      </c>
+      <c r="D228" s="5" t="n">
+        <v>0.01</v>
+      </c>
       <c r="E228" t="inlineStr"/>
-      <c r="F228" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H228" s="7" t="inlineStr">
+      <c r="F228" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G228" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="H228" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>Bus (groengas)</t>
+          <t>Zeevaart Deep Sea</t>
         </is>
       </c>
       <c r="B229" s="5" t="n">
-        <v>0.055</v>
+        <v>0.007</v>
       </c>
       <c r="C229" s="5" t="n">
-        <v>0.007</v>
+        <v>0.005</v>
       </c>
       <c r="D229" s="5" t="n">
-        <v>0.048</v>
+        <v>0.002</v>
       </c>
       <c r="E229" t="inlineStr"/>
-      <c r="F229" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F229" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G229" t="n">
-        <v>1.79</v>
-[...1 lines deleted...]
-      <c r="H229" s="7" t="inlineStr">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="H229" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>Bus (elektrisch, groene stroom)</t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>Zeevaart Gemiddelde</t>
+        </is>
+      </c>
+      <c r="B230" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="C230" s="5" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="D230" s="5" t="n">
+        <v>0.002</v>
       </c>
       <c r="E230" t="inlineStr"/>
-      <c r="F230" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F230" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G230" t="n">
-        <v>0.57</v>
-[...1 lines deleted...]
-      <c r="H230" s="7" t="inlineStr">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="H230" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>Bus (brandstofcel/waterstof)</t>
+          <t>Zeevaart Kustvaart</t>
         </is>
       </c>
       <c r="B231" s="5" t="n">
-        <v>0.116</v>
+        <v>0.022</v>
       </c>
       <c r="C231" s="5" t="n">
-        <v>0</v>
+        <v>0.018</v>
       </c>
       <c r="D231" s="5" t="n">
-        <v>0.116</v>
+        <v>0.004</v>
       </c>
       <c r="E231" t="inlineStr"/>
-      <c r="F231" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F231" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G231" t="n">
-        <v>0.86</v>
-[...35 lines deleted...]
-      </c>
+        <v>0.23</v>
+      </c>
+      <c r="H231" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="40" customHeight="1">
+      <c r="A232" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Wegvervoer</t>
+        </is>
+      </c>
+      <c r="B232" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr"/>
+      <c r="D232" t="inlineStr"/>
     </row>
     <row r="233">
-      <c r="A233" t="inlineStr">
-[...40 lines deleted...]
-      <c r="D234" t="inlineStr"/>
+      <c r="A233" s="4" t="n"/>
+      <c r="B233" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E233" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G233" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>Bestelauto &lt;2 ton</t>
+        </is>
+      </c>
+      <c r="B234" s="5" t="n">
+        <v>1.326</v>
+      </c>
+      <c r="C234" s="5" t="n">
+        <v>1.005</v>
+      </c>
+      <c r="D234" s="5" t="n">
+        <v>0.321</v>
+      </c>
+      <c r="E234" t="inlineStr"/>
+      <c r="F234" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G234" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="H234" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="235">
-      <c r="A235" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>Vrachtwagen &lt; 10 ton</t>
+        </is>
+      </c>
+      <c r="B235" s="5" t="n">
+        <v>0.363</v>
+      </c>
+      <c r="C235" s="5" t="n">
+        <v>0.275</v>
+      </c>
+      <c r="D235" s="5" t="n">
+        <v>0.08799999999999999</v>
+      </c>
+      <c r="E235" t="inlineStr"/>
+      <c r="F235" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G235" t="n">
+        <v>4</v>
+      </c>
+      <c r="H235" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>Diesel (reizigerskilometer)</t>
+          <t>Vrachtwagen LZV</t>
         </is>
       </c>
       <c r="B236" s="5" t="n">
-        <v>0.033</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="C236" s="5" t="n">
-        <v>0.027</v>
+        <v>0.067</v>
       </c>
       <c r="D236" s="5" t="n">
-        <v>0.006</v>
+        <v>0.021</v>
       </c>
       <c r="E236" t="inlineStr"/>
-      <c r="F236" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F236" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G236" t="n">
-        <v>0.2</v>
-[...1 lines deleted...]
-      <c r="H236" s="7" t="inlineStr">
+        <v>0.9</v>
+      </c>
+      <c r="H236" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>HVO 100/biodiesel (reizigerskilometer)</t>
-[...4 lines deleted...]
-      <c r="D237" t="inlineStr"/>
+          <t>Vrachtwagen vrachtwagen 10-20 ton</t>
+        </is>
+      </c>
+      <c r="B237" s="5" t="n">
+        <v>0.256</v>
+      </c>
+      <c r="C237" s="5" t="n">
+        <v>0.194</v>
+      </c>
+      <c r="D237" s="5" t="n">
+        <v>0.062</v>
+      </c>
       <c r="E237" t="inlineStr"/>
-      <c r="F237" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H237" s="7" t="inlineStr">
+      <c r="F237" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G237" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="H237" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>Batterij/elektrisch (reizigerskilometer)</t>
-[...4 lines deleted...]
-      <c r="D238" t="inlineStr"/>
+          <t>Vrachtwagen vrachtwagen &gt; 20 ton plus aanhanger</t>
+        </is>
+      </c>
+      <c r="B238" s="5" t="n">
+        <v>0.105</v>
+      </c>
+      <c r="C238" s="5" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="D238" s="5" t="n">
+        <v>0.025</v>
+      </c>
       <c r="E238" t="inlineStr"/>
-      <c r="F238" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H238" s="7" t="inlineStr">
+      <c r="F238" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G238" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="H238" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t xml:space="preserve">Diesel </t>
+          <t>Vrachtwagen zware trekker + oplegger</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>1.043</v>
+        <v>0.08799999999999999</v>
       </c>
       <c r="C239" s="5" t="n">
-        <v>0.853</v>
-[...2 lines deleted...]
-        <v>0.19</v>
+        <v>0.067</v>
+      </c>
+      <c r="D239" s="5" t="n">
+        <v>0.021</v>
       </c>
       <c r="E239" t="inlineStr"/>
-      <c r="F239" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>voertuigkilometer</t>
+      <c r="F239" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G239" t="n">
-        <v>9.65</v>
-[...13 lines deleted...]
-      <c r="B240" t="inlineStr"/>
+        <v>1</v>
+      </c>
+      <c r="H239" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" ht="40" customHeight="1">
+      <c r="A240" s="3" t="inlineStr">
+        <is>
+          <t>Containers - Spoorvervoer</t>
+        </is>
+      </c>
+      <c r="B240" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
-      <c r="E240" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="241">
-      <c r="A241" t="inlineStr">
-[...32 lines deleted...]
-      <c r="D242" t="inlineStr"/>
+      <c r="A241" s="4" t="n"/>
+      <c r="B241" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E241" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G241" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>Trein Combinatie</t>
+        </is>
+      </c>
+      <c r="B242" s="5" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="C242" s="5" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="D242" s="5" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="E242" t="inlineStr"/>
+      <c r="F242" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G242" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="H242" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="243">
-      <c r="A243" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>Trein Diesel</t>
+        </is>
+      </c>
+      <c r="B243" s="5" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="C243" s="5" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="D243" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="E243" t="inlineStr"/>
+      <c r="F243" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G243" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="H243" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>Fiets (elektrisch, gemiddelde stroommix)</t>
-[...4 lines deleted...]
-      <c r="D244" t="inlineStr"/>
+          <t>Trein Elektrisch</t>
+        </is>
+      </c>
+      <c r="B244" s="5" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="C244" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D244" s="5" t="n">
+        <v>0.015</v>
+      </c>
       <c r="E244" t="inlineStr"/>
-      <c r="F244" s="6" t="inlineStr">
-[...17 lines deleted...]
-      <c r="B245" t="inlineStr"/>
+      <c r="F244" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G244" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="H244" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" ht="40" customHeight="1">
+      <c r="A245" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Spoorvervoer</t>
+        </is>
+      </c>
+      <c r="B245" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
-      <c r="E245" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="246">
-      <c r="A246" t="inlineStr">
-[...16 lines deleted...]
-          <t>Link</t>
+      <c r="A246" s="4" t="n"/>
+      <c r="B246" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E246" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G246" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>Motor (gemiddeld / benzine)</t>
-[...4 lines deleted...]
-      <c r="D247" t="inlineStr"/>
+          <t>Trein Combinatie</t>
+        </is>
+      </c>
+      <c r="B247" s="5" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="C247" s="5" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="D247" s="5" t="n">
+        <v>0.008</v>
+      </c>
       <c r="E247" t="inlineStr"/>
-      <c r="F247" s="6" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H247" s="7" t="inlineStr">
+      <c r="F247" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G247" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="H247" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>Motor (elektrisch, gemiddelde stroommix)</t>
-[...4 lines deleted...]
-      <c r="D248" t="inlineStr"/>
+          <t>Trein Diesel</t>
+        </is>
+      </c>
+      <c r="B248" s="5" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="C248" s="5" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="D248" s="5" t="n">
+        <v>0.004</v>
+      </c>
       <c r="E248" t="inlineStr"/>
-      <c r="F248" s="6" t="inlineStr">
-[...17 lines deleted...]
-      <c r="B249" s="4" t="inlineStr">
+      <c r="F248" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G248" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="H248" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>Trein Elektrisch</t>
+        </is>
+      </c>
+      <c r="B249" s="5" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="C249" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D249" s="5" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="E249" t="inlineStr"/>
+      <c r="F249" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G249" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="H249" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" ht="40" customHeight="1">
+      <c r="A250" s="3" t="inlineStr">
+        <is>
+          <t>Containers - Watervervoer</t>
+        </is>
+      </c>
+      <c r="B250" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C249" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B250" s="4" t="inlineStr">
+      <c r="C250" t="inlineStr"/>
+      <c r="D250" t="inlineStr"/>
+    </row>
+    <row r="251">
+      <c r="A251" s="4" t="n"/>
+      <c r="B251" s="4" t="inlineStr">
         <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
-      <c r="C250" s="4" t="inlineStr">
+      <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
-      <c r="D250" s="4" t="inlineStr">
+      <c r="D251" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies (WTT)</t>
         </is>
       </c>
-      <c r="E250" s="4" t="inlineStr">
+      <c r="E251" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F250" s="4" t="inlineStr">
+      <c r="F251" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G250" s="4" t="inlineStr">
+      <c r="G251" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
-    <row r="251">
-[...33 lines deleted...]
-      <c r="D252" t="inlineStr"/>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>Binnenvaart 348 TEU (koppelverband)</t>
+        </is>
+      </c>
+      <c r="B252" s="5" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="C252" s="5" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="D252" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="E252" t="inlineStr"/>
+      <c r="F252" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G252" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="H252" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="253">
-      <c r="A253" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>Binnenvaart 40 TEU (Neo Kemp)</t>
+        </is>
+      </c>
+      <c r="B253" s="5" t="n">
+        <v>0.054</v>
+      </c>
+      <c r="C253" s="5" t="n">
+        <v>0.041</v>
+      </c>
+      <c r="D253" s="5" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="E253" t="inlineStr"/>
+      <c r="F253" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G253" t="n">
+        <v>0.58</v>
+      </c>
+      <c r="H253" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>Gemiddelde (alle afstanden)</t>
+          <t>Binnenvaart 96 TEU (Rijn Herne Kanaal)</t>
         </is>
       </c>
       <c r="B254" s="5" t="n">
-        <v>0.182</v>
-[...2 lines deleted...]
-        <v>0.16</v>
+        <v>0.052</v>
+      </c>
+      <c r="C254" s="5" t="n">
+        <v>0.039</v>
       </c>
       <c r="D254" s="5" t="n">
-        <v>0.022</v>
+        <v>0.013</v>
       </c>
       <c r="E254" t="inlineStr"/>
-      <c r="F254" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F254" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G254" t="n">
-        <v>1.03</v>
-[...1 lines deleted...]
-      <c r="H254" s="7" t="inlineStr">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H254" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>Regionaal (&lt;700 km)</t>
+          <t>Binnenvaart (gemiddelde) 208 TEU (Groot Rijnschip)</t>
         </is>
       </c>
       <c r="B255" s="5" t="n">
-        <v>0.234</v>
+        <v>0.032</v>
       </c>
       <c r="C255" s="5" t="n">
-        <v>0.202</v>
+        <v>0.024</v>
       </c>
       <c r="D255" s="5" t="n">
-        <v>0.032</v>
+        <v>0.008</v>
       </c>
       <c r="E255" t="inlineStr"/>
-      <c r="F255" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F255" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G255" t="n">
-        <v>1.53</v>
-[...1 lines deleted...]
-      <c r="H255" s="7" t="inlineStr">
+        <v>0.35</v>
+      </c>
+      <c r="H255" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>Europees (700 - 2.500 km)</t>
+          <t>Zeevaart Deep Sea</t>
         </is>
       </c>
       <c r="B256" s="5" t="n">
-        <v>0.172</v>
+        <v>0.012</v>
       </c>
       <c r="C256" s="5" t="n">
-        <v>0.152</v>
+        <v>0.01</v>
       </c>
       <c r="D256" s="5" t="n">
-        <v>0.021</v>
+        <v>0.002</v>
       </c>
       <c r="E256" t="inlineStr"/>
-      <c r="F256" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F256" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G256" t="n">
-        <v>1.03</v>
-[...1 lines deleted...]
-      <c r="H256" s="7" t="inlineStr">
+        <v>0.12</v>
+      </c>
+      <c r="H256" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>Intercontinentaal (&gt; 2.500 km)</t>
+          <t>Zeevaart Gemiddelde</t>
         </is>
       </c>
       <c r="B257" s="5" t="n">
-        <v>0.157</v>
+        <v>0.012</v>
       </c>
       <c r="C257" s="5" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="D257" s="5" t="n">
-        <v>0.018</v>
+        <v>0.002</v>
       </c>
       <c r="E257" t="inlineStr"/>
-      <c r="F257" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>reizigerskilometer</t>
+      <c r="F257" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G257" t="n">
-        <v>0.93</v>
-[...15 lines deleted...]
-      <c r="A259" t="inlineStr"/>
+        <v>0.12</v>
+      </c>
+      <c r="H257" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>Zeevaart Kustvaart</t>
+        </is>
+      </c>
+      <c r="B258" s="5" t="n">
+        <v>0.032</v>
+      </c>
+      <c r="C258" s="5" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="D258" s="5" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="E258" t="inlineStr"/>
+      <c r="F258" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G258" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="H258" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" ht="40" customHeight="1">
+      <c r="A259" s="3" t="inlineStr">
+        <is>
+          <t>Containers - Wegvervoer</t>
+        </is>
+      </c>
       <c r="B259" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" s="4" t="n"/>
       <c r="B260" s="4" t="inlineStr">
         <is>
-          <t>Totaal</t>
+          <t>Totaal (WTW)</t>
         </is>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Productie-emissies</t>
+          <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Ketenemissies</t>
+          <t>Ketenemissies (WTT)</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
       <c r="G260" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t xml:space="preserve">Gemiddelde Warmtenetten </t>
-[...9 lines deleted...]
-        <v>3.44</v>
+          <t>Vrachtwagen &gt; 20 ton</t>
+        </is>
+      </c>
+      <c r="B261" s="5" t="n">
+        <v>0.212</v>
+      </c>
+      <c r="C261" s="5" t="n">
+        <v>0.161</v>
+      </c>
+      <c r="D261" s="5" t="n">
+        <v>0.051</v>
       </c>
       <c r="E261" t="inlineStr"/>
-      <c r="F261" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>GJ</t>
+      <c r="F261" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G261" t="n">
-        <v>1000</v>
-[...1 lines deleted...]
-      <c r="H261" s="7" t="inlineStr">
+        <v>2.3</v>
+      </c>
+      <c r="H261" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t xml:space="preserve">Restwarmte zonder bijstook </t>
-[...9 lines deleted...]
-        <v>0.9</v>
+          <t>Vrachtwagen &gt; 20 ton met aanhanger</t>
+        </is>
+      </c>
+      <c r="B262" s="5" t="n">
+        <v>0.122</v>
+      </c>
+      <c r="C262" s="5" t="n">
+        <v>0.093</v>
+      </c>
+      <c r="D262" s="5" t="n">
+        <v>0.029</v>
       </c>
       <c r="E262" t="inlineStr"/>
-      <c r="F262" s="6" t="inlineStr">
-[...1 lines deleted...]
-          <t>GJ</t>
+      <c r="F262" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
         </is>
       </c>
       <c r="G262" t="n">
-        <v>1000</v>
-[...5 lines deleted...]
-      </c>
+        <v>1.3</v>
+      </c>
+      <c r="H262" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>Vrachtwagen LZV</t>
+        </is>
+      </c>
+      <c r="B263" s="5" t="n">
+        <v>0.109</v>
+      </c>
+      <c r="C263" s="5" t="n">
+        <v>0.083</v>
+      </c>
+      <c r="D263" s="5" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="E263" t="inlineStr"/>
+      <c r="F263" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G263" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="H263" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>Vrachtwagen Trekker met oplegger zwaar</t>
+        </is>
+      </c>
+      <c r="B264" s="5" t="n">
+        <v>0.121</v>
+      </c>
+      <c r="C264" s="5" t="n">
+        <v>0.092</v>
+      </c>
+      <c r="D264" s="5" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="E264" t="inlineStr"/>
+      <c r="F264" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G264" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="H264" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="265" ht="40" customHeight="1">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>Afval</t>
+        </is>
+      </c>
+    </row>
+    <row r="266" ht="40" customHeight="1">
+      <c r="A266" s="3" t="inlineStr">
+        <is>
+          <t>Ongescheiden afval</t>
+        </is>
+      </c>
+      <c r="B266" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr"/>
+      <c r="D266" t="inlineStr"/>
+    </row>
+    <row r="267">
+      <c r="A267" s="4" t="n"/>
+      <c r="B267" s="4" t="inlineStr">
+        <is>
+          <t>Verwerking</t>
+        </is>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>Transport (optioneel)</t>
+        </is>
+      </c>
+      <c r="E267" s="4" t="inlineStr">
+        <is>
+          <t>Vermeden emissies</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G267" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Testfactor </t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr"/>
+      <c r="C268" t="inlineStr"/>
+      <c r="D268" t="inlineStr"/>
+      <c r="E268" t="inlineStr"/>
+      <c r="F268" s="7" t="inlineStr">
+        <is>
+          <t>ton</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr"/>
+      <c r="H268" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="269" ht="40" customHeight="1">
+      <c r="A269" s="3" t="inlineStr">
+        <is>
+          <t>Gescheiden afval</t>
+        </is>
+      </c>
+      <c r="B269" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr"/>
+      <c r="D269" t="inlineStr"/>
     </row>
   </sheetData>
-  <mergeCells count="39">
-[...10 lines deleted...]
-    <mergeCell ref="B133:F133"/>
+  <mergeCells count="42">
+    <mergeCell ref="B212:F212"/>
+    <mergeCell ref="A94:H94"/>
+    <mergeCell ref="B41:F41"/>
+    <mergeCell ref="B266:F266"/>
+    <mergeCell ref="A135:H135"/>
+    <mergeCell ref="B191:F191"/>
+    <mergeCell ref="B221:F221"/>
+    <mergeCell ref="B95:F95"/>
+    <mergeCell ref="B142:F142"/>
+    <mergeCell ref="B199:F199"/>
+    <mergeCell ref="A89:H89"/>
+    <mergeCell ref="B148:F148"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="B68:F68"/>
+    <mergeCell ref="B250:F250"/>
+    <mergeCell ref="A220:H220"/>
+    <mergeCell ref="A265:H265"/>
+    <mergeCell ref="B240:F240"/>
+    <mergeCell ref="B52:F52"/>
+    <mergeCell ref="B90:F90"/>
+    <mergeCell ref="B259:F259"/>
+    <mergeCell ref="B80:F80"/>
     <mergeCell ref="A4:H4"/>
-    <mergeCell ref="B234:F234"/>
-[...13 lines deleted...]
-    <mergeCell ref="B259:F259"/>
+    <mergeCell ref="B217:F217"/>
+    <mergeCell ref="B127:F127"/>
+    <mergeCell ref="A33:H33"/>
+    <mergeCell ref="B17:F17"/>
+    <mergeCell ref="B113:F113"/>
+    <mergeCell ref="B269:F269"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="B175:F175"/>
+    <mergeCell ref="B206:F206"/>
+    <mergeCell ref="A147:H147"/>
+    <mergeCell ref="B224:F224"/>
     <mergeCell ref="B117:F117"/>
-    <mergeCell ref="B186:F186"/>
-[...9 lines deleted...]
-    <mergeCell ref="B96:F96"/>
+    <mergeCell ref="B245:F245"/>
+    <mergeCell ref="B34:F34"/>
+    <mergeCell ref="B232:F232"/>
+    <mergeCell ref="B23:F23"/>
+    <mergeCell ref="B136:F136"/>
+    <mergeCell ref="A79:H79"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H7" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H8" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H9" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H10" r:id="rId4"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H11" r:id="rId5"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H12" r:id="rId6"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H13" r:id="rId7"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H16" r:id="rId8"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H18" r:id="rId10"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H14" r:id="rId8"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H15" r:id="rId9"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H16" r:id="rId10"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H19" r:id="rId11"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H20" r:id="rId12"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H23" r:id="rId13"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H24" r:id="rId14"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H21" r:id="rId13"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H22" r:id="rId14"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H25" r:id="rId15"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H26" r:id="rId16"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H27" r:id="rId17"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H28" r:id="rId18"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H29" r:id="rId19"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H30" r:id="rId20"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H31" r:id="rId21"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H34" r:id="rId22"/>
-[...12 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H47" r:id="rId35"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H32" r:id="rId22"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H36" r:id="rId23"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H37" r:id="rId24"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H38" r:id="rId25"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H39" r:id="rId26"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H40" r:id="rId27"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H43" r:id="rId28"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H44" r:id="rId29"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H45" r:id="rId30"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H46" r:id="rId31"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H47" r:id="rId32"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H48" r:id="rId33"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H49" r:id="rId34"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H50" r:id="rId35"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H51" r:id="rId36"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H52" r:id="rId37"/>
-[...7 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H60" r:id="rId45"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H54" r:id="rId37"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H55" r:id="rId38"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H56" r:id="rId39"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H57" r:id="rId40"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H58" r:id="rId41"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H59" r:id="rId42"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H60" r:id="rId43"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H61" r:id="rId44"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H62" r:id="rId45"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H63" r:id="rId46"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H64" r:id="rId47"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H65" r:id="rId48"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H66" r:id="rId49"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H69" r:id="rId50"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H67" r:id="rId50"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H70" r:id="rId51"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H71" r:id="rId52"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H72" r:id="rId53"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H73" r:id="rId54"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H74" r:id="rId55"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H75" r:id="rId56"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H76" r:id="rId57"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H80" r:id="rId58"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H81" r:id="rId59"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H77" r:id="rId58"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H78" r:id="rId59"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H82" r:id="rId60"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H83" r:id="rId61"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H84" r:id="rId62"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H85" r:id="rId63"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H86" r:id="rId64"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H90" r:id="rId65"/>
-[...44 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H150" r:id="rId110"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H87" r:id="rId65"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H88" r:id="rId66"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H92" r:id="rId67"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H93" r:id="rId68"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H97" r:id="rId69"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H98" r:id="rId70"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H99" r:id="rId71"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H100" r:id="rId72"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H101" r:id="rId73"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H102" r:id="rId74"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H103" r:id="rId75"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H104" r:id="rId76"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H105" r:id="rId77"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H106" r:id="rId78"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H107" r:id="rId79"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H108" r:id="rId80"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H109" r:id="rId81"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H110" r:id="rId82"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H111" r:id="rId83"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H112" r:id="rId84"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H115" r:id="rId85"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H116" r:id="rId86"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H119" r:id="rId87"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H120" r:id="rId88"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H121" r:id="rId89"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H122" r:id="rId90"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H123" r:id="rId91"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H124" r:id="rId92"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H125" r:id="rId93"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H126" r:id="rId94"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H129" r:id="rId95"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H130" r:id="rId96"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H131" r:id="rId97"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H132" r:id="rId98"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H133" r:id="rId99"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H134" r:id="rId100"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H138" r:id="rId101"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H139" r:id="rId102"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H140" r:id="rId103"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H141" r:id="rId104"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H144" r:id="rId105"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H145" r:id="rId106"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H146" r:id="rId107"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H150" r:id="rId108"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H151" r:id="rId109"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H152" r:id="rId110"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H153" r:id="rId111"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H154" r:id="rId112"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H157" r:id="rId113"/>
-[...77 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H257" r:id="rId191"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H155" r:id="rId113"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H156" r:id="rId114"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H157" r:id="rId115"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H158" r:id="rId116"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H159" r:id="rId117"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H160" r:id="rId118"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H161" r:id="rId119"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H162" r:id="rId120"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H163" r:id="rId121"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H164" r:id="rId122"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H165" r:id="rId123"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H166" r:id="rId124"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H167" r:id="rId125"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H168" r:id="rId126"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H169" r:id="rId127"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H170" r:id="rId128"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H171" r:id="rId129"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H172" r:id="rId130"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H173" r:id="rId131"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H174" r:id="rId132"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H177" r:id="rId133"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H178" r:id="rId134"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H179" r:id="rId135"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H180" r:id="rId136"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H181" r:id="rId137"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H182" r:id="rId138"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H183" r:id="rId139"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H184" r:id="rId140"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H185" r:id="rId141"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H186" r:id="rId142"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H187" r:id="rId143"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H188" r:id="rId144"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H189" r:id="rId145"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H190" r:id="rId146"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H193" r:id="rId147"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H194" r:id="rId148"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H195" r:id="rId149"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H196" r:id="rId150"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H197" r:id="rId151"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H198" r:id="rId152"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H201" r:id="rId153"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H202" r:id="rId154"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H203" r:id="rId155"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H204" r:id="rId156"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H205" r:id="rId157"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H208" r:id="rId158"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H209" r:id="rId159"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H210" r:id="rId160"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H211" r:id="rId161"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H214" r:id="rId162"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H215" r:id="rId163"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H216" r:id="rId164"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H219" r:id="rId165"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H223" r:id="rId166"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H226" r:id="rId167"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H227" r:id="rId168"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H228" r:id="rId169"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H229" r:id="rId170"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H230" r:id="rId171"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H231" r:id="rId172"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H234" r:id="rId173"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H235" r:id="rId174"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H236" r:id="rId175"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H237" r:id="rId176"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H238" r:id="rId177"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H239" r:id="rId178"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H242" r:id="rId179"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H243" r:id="rId180"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H244" r:id="rId181"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H247" r:id="rId182"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H248" r:id="rId183"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H249" r:id="rId184"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H252" r:id="rId185"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H253" r:id="rId186"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H254" r:id="rId187"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H255" r:id="rId188"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H256" r:id="rId189"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H257" r:id="rId190"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H258" r:id="rId191"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H261" r:id="rId192"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H262" r:id="rId193"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H263" r:id="rId194"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H264" r:id="rId195"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H268" r:id="rId196"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId194"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId197"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>