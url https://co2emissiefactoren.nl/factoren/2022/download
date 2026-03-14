--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Factoren 2022 dd 11-01-2026" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Factoren 2022 dd 14-03-2026" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="6">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
@@ -500,106 +500,106 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/57/brandstoffen-voertuigen-fossiele-brandstoffen-benzine-fossiel-e0/" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/58/brandstoffen-voertuigen-fossiele-brandstoffen-diesel-fossiel-b0/" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/59/brandstoffen-voertuigen-fossiele-brandstoffen-gtl-diesel/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/60/brandstoffen-voertuigen-fossiele-brandstoffen-cng-aardgas/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/61/brandstoffen-voertuigen-fossiele-brandstoffen-lng-aardgas/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/62/brandstoffen-voertuigen-fossiele-brandstoffen-lpg/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/63/brandstoffen-voertuigen-fossiele-brandstoffen-mdo-marine-diesel-oil/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/64/brandstoffen-voertuigen-fossiele-brandstoffen-hfo-heavy-fuel-oil/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/65/brandstoffen-voertuigen-fossiele-brandstoffen-kerosine-jet-a1/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/77/brandstoffen-voertuigen-fossiele-brandstoffen-waterstof-grijs/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/66/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-benzine-e10/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/67/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-diesel-b7/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/69/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-dieselvervanger-hvo30/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/68/brandstoffen-voertuigen-fossiele-brandstoffen-met-bio-bijmenging-benzinevervanger-e85/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/75/brandstoffen-voertuigen-hernieuwbare-brandstoffen-waterstof-groen/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/71/brandstoffen-voertuigen-hernieuwbare-brandstoffen-biodiesel-hvo/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/72/brandstoffen-voertuigen-hernieuwbare-brandstoffen-biodiesel-fame/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/73/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-cng-groengas/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/74/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-lng-groengas/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/70/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-ethanol-100/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/76/brandstoffen-voertuigen-hernieuwbare-brandstoffen-bio-kerosine-saf/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/111/brandstoffen-voertuigen-hernieuwbare-brandstoffen-ad-blue-additief/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/146/brandstoffen-energieopwekking-houtige-biomassa-houtblokken-nl/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/142/brandstoffen-energieopwekking-houtige-biomassa-houtchips-nl/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/144/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-droge-industriele-reststroom-nl/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/145/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-vers-hout-nl/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/143/brandstoffen-energieopwekking-houtige-biomassa-houtshreds-nl/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/126/brandstoffen-energieopwekking-vaste-brandstoffen-antraciet/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/132/brandstoffen-energieopwekking-vaste-brandstoffen-bruinkool/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/127/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/128/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-cokeovens/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/129/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-hoogovens/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/130/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-bitumineus/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/131/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-sub-bitumineus/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/134/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-en-bruinkool-briketten/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/133/brandstoffen-energieopwekking-vaste-brandstoffen-turf/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/113/brandstoffen-energieopwekking-vloeibare-brandstoffen-aardgascondensaat/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/118/brandstoffen-energieopwekking-vloeibare-brandstoffen-bitumen/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/123/brandstoffen-energieopwekking-vloeibare-brandstoffen-chemisch-restgas/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/116/brandstoffen-energieopwekking-vloeibare-brandstoffen-ethaan/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/115/brandstoffen-energieopwekking-vloeibare-brandstoffen-leisteenolie/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/117/brandstoffen-energieopwekking-vloeibare-brandstoffen-naftas/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/124/brandstoffen-energieopwekking-vloeibare-brandstoffen-orimulsion/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/125/brandstoffen-energieopwekking-vloeibare-brandstoffen-overige-olien/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/114/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleum/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/120/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleumcokes/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/121/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderij-grondstoffen/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/122/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderijgas/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/112/brandstoffen-energieopwekking-vloeibare-brandstoffen-ruwe-aardolie/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/119/brandstoffen-energieopwekking-vloeibare-brandstoffen-smeerolien/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/135/brandstoffen-energieopwekking-gasvormige-brandstoffen-aardgas-g-gas/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/138/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gemiddeld/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/223/brandstoffen-energieopwekking-gasvormige-brandstoffen-groen-gas-monomestvergisting/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/224/brandstoffen-energieopwekking-gasvormige-brandstoffen-groen-gas-allesvergisting/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/141/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-slibvergisting-rwzi/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/137/brandstoffen-energieopwekking-gasvormige-brandstoffen-propaan/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/221/brandstoffen-energieopwekking-gasvormige-brandstoffen-biopropaan/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/139/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-covergisting/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/140/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gft-vergisting/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/51/elektriciteit-grijze-stroom/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/52/elektriciteit-stroom-onbekend-gridmix/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/53/elektriciteit-windkracht/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/55/elektriciteit-zonne-energie/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/54/elektriciteit-waterkracht/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/56/elektriciteit-biomassa/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/50/elektriciteit-stroometiket/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/48/warmtelevering-gemiddelde-warmtenetten/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/49/warmtelevering-restwarmte-zonder-bijstook/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/14/koudemiddelen-blends-r404a/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/21/koudemiddelen-blends-r407a/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/22/koudemiddelen-blends-r407c/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/23/koudemiddelen-blends-r407f/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/24/koudemiddelen-blends-r410a/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/25/koudemiddelen-blends-r417a/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/26/koudemiddelen-blends-r422d/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/31/koudemiddelen-blends-r438a/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/32/koudemiddelen-blends-r448a/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/35/koudemiddelen-blends-r449a/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/36/koudemiddelen-blends-r450a/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/37/koudemiddelen-blends-r452a/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/38/koudemiddelen-blends-r452b/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/222/koudemiddelen-blends-r454c/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/40/koudemiddelen-blends-r507/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/41/koudemiddelen-blends-r513a/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/43/koudemiddelen-hcfks-r1233zd-z/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/10/koudemiddelen-hcfks-r22/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/15/koudemiddelen-hfcs-1234yf/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/20/koudemiddelen-hfcs-1234ze-z/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/16/koudemiddelen-hfcs-r125/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/17/koudemiddelen-hfcs-r134a/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/18/koudemiddelen-hfcs-r143a/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/12/koudemiddelen-hfcs-r23/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/19/koudemiddelen-hfcs-r245fa/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/13/koudemiddelen-hfcs-r32/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/30/koudemiddelen-overige-koudemiddelen-r290-propaan/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/42/koudemiddelen-overige-koudemiddelen-r600-butaan/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/44/koudemiddelen-overige-koudemiddelen-r600a-isobutaan/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/45/koudemiddelen-overige-koudemiddelen-r601a-isopentaan/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/46/koudemiddelen-overige-koudemiddelen-r717-ammoniak/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/47/koudemiddelen-overige-koudemiddelen-r744-co2/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/27/overige-emissies-lachgas-n2o/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/8/overige-emissies-methaan-ch4-niet-fossiel/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/28/overige-emissies-stikstof-trifluoride-nf3/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/29/overige-emissies-zwavel-hexafluoride-sf6/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/39/overige-emissies-anesthesiegassen-desfluraan-hfe-236ea2/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/34/overige-emissies-anesthesiegassen-isofluraan-hcfe-235da2/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/33/overige-emissies-anesthesiegassen-sevofluraan-hfe-347mmz1/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/147/personenvervoer-auto-gemiddelde-auto-brandstofsoort-onbekend/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/149/personenvervoer-auto-benzine-middel/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/154/personenvervoer-auto-diesel-middel/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/158/personenvervoer-auto-lpg-middel/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/161/personenvervoer-auto-cngaardgas-middel/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/163/personenvervoer-auto-bio-cng-gemiddeld/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/164/personenvervoer-auto-bio-ethanol-e85-gemiddeld/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/152/personenvervoer-auto-benzine-plug-in-hybride-phev/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/194/personenvervoer-auto-biodiesel-hvo-100-gemiddeld/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/169/personenvervoer-auto-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/170/personenvervoer-auto-elektrisch-groene-stroom/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/168/personenvervoer-auto-elektrisch-grijze-stroom/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/166/personenvervoer-auto-waterstof-grijs-gemiddeld/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/167/personenvervoer-auto-waterstof-groen-gemiddeld/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/148/personenvervoer-auto-benzine-klein/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/150/personenvervoer-auto-benzine-groot/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/151/personenvervoer-auto-benzine-hybride/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/153/personenvervoer-auto-diesel-klein/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/155/personenvervoer-auto-diesel-groot/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/156/personenvervoer-auto-diesel-hybride/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/157/personenvervoer-auto-lpg-klein/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/159/personenvervoer-auto-lpg-groot/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/193/personenvervoer-auto-biodiesel-fame-100-gemiddeld/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/160/personenvervoer-auto-cngaardgas-klein/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/162/personenvervoer-auto-cngaardgas-groot/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/177/personenvervoer-openbaar-vervoer-ov-algemeen-trein-bus-metro-tram/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/209/personenvervoer-openbaar-vervoer-bus-tram-metro-gemiddelde/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/178/personenvervoer-openbaar-vervoer-trein-gemiddelde-type-onbekend/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/196/personenvervoer-openbaar-vervoer-trein-elektrisch-groene-stroom/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/195/personenvervoer-openbaar-vervoer-trein-diesel/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/210/personenvervoer-openbaar-vervoer-trein-internationaal-gemiddelde-stroommix/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/182/personenvervoer-openbaar-vervoer-bus-gemiddeld-brandstof-onbekend/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/197/personenvervoer-openbaar-vervoer-bus-diesel/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/211/personenvervoer-openbaar-vervoer-bus-biodiesel-hvo100/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/198/personenvervoer-openbaar-vervoer-bus-groengas/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/185/personenvervoer-openbaar-vervoer-bus-elektrisch-groene-stroom/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/199/personenvervoer-openbaar-vervoer-bus-brandstofcelwaterstof/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/192/personenvervoer-openbaar-vervoer-metro-groene-stroom/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/187/personenvervoer-openbaar-vervoer-tram-groene-stroom/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/175/personenvervoer-touringcar-diesel-reizigerskilometer/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/207/personenvervoer-touringcar-hvo-100biodiesel-reizigerskilometer/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/205/personenvervoer-touringcar-batterijelektrisch-reizigerskilometer/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/176/personenvervoer-touringcar-diesel/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/208/personenvervoer-touringcar-hvo-100biodiesel/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/206/personenvervoer-touringcar-batterijelektrisch/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/202/personenvervoer-tweewielers-fiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/213/personenvervoer-tweewielers-bromfiets-gemiddeld/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/220/personenvervoer-tweewielers-bromfiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/201/personenvervoer-tweewielers-motor-gemiddeld-benzine/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/186/personenvervoer-tweewielers-motor-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/200/personenvervoer-vliegtuig-gemiddelde-alle-afstanden/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/188/personenvervoer-vliegtuig-regionaal-700-km/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/189/personenvervoer-vliegtuig-europees-700-2500-km/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/190/personenvervoer-vliegtuig-intercontinentaal-2500-km/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/204/personenvervoer-minibus-max-8-personen-gemiddeld-reizigerskilometer/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/203/personenvervoer-minibus-max-8-personen-batterijelektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/172/personenvervoer-minibus-max-8-personen-diesel/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/50/212/personenvervoer-veerboot-gemiddeld/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/52/94/goederenvervoer-bulk-en-stukgoederen-luchtvracht-luchtvaart-lange-afstand/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/88/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-gemiddeld-1500-3000-ton-rhk-groot-rijnschip/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/89/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-groot-5000-11000-ton-koppelverband-duwbak/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/87/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-klein-300-600-ton-spits-kempenaar/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/92/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/215/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/91/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/78/goederenvervoer-bulk-en-stukgoederen-wegvervoer-bestelauto-2-ton/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/79/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-10-ton/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/83/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/80/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-10-20-ton/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/81/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-20-ton-plus-aanhanger/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/82/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-zware-trekker-oplegger/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/97/goederenvervoer-containers-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/95/goederenvervoer-containers-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/96/goederenvervoer-containers-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/86/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/84/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/85/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/101/goederenvervoer-containers-watervervoer-binnenvaart-348-teu-koppelverband/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/98/goederenvervoer-containers-watervervoer-binnenvaart-40-teu-neo-kemp/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/99/goederenvervoer-containers-watervervoer-binnenvaart-96-teu-rijn-herne-kanaal/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/100/goederenvervoer-containers-watervervoer-binnenvaart-gemiddelde-208-teu-groot-rijnschip/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/104/goederenvervoer-containers-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/218/goederenvervoer-containers-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/103/goederenvervoer-containers-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/106/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/107/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton-met-aanhanger/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/109/goederenvervoer-containers-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/108/goederenvervoer-containers-wegvervoer-vrachtwagen-trekker-met-oplegger-zwaar/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/57/225/afval-ongescheiden-afval-testfactor/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId197"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/57/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-benzine-fossiel-e0/" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/58/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-diesel-fossiel-b0/" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/59/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-gtl-diesel/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/60/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-cng-aardgas/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/61/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-lng-aardgas/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/62/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-lpg/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/63/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-mdo-marine-diesel-oil/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/64/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-hfo-heavy-fuel-oil/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/65/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-kerosine-jet-a1/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/77/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-waterstof-grijs/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/29/227/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-methanol-fossiel/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/66/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-met-bio-bijmenging-benzine-e10/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/67/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-met-bio-bijmenging-diesel-b7/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/69/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-met-bio-bijmenging-dieselvervanger-hvo30/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/30/68/brandstoffen-voertuigen-en-schepen-fossiele-brandstoffen-met-bio-bijmenging-benzinevervanger-e85/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/75/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-waterstof-groen/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/71/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-biodiesel-hvo/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/72/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-biodiesel-fame/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/73/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-bio-cng-groengas/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/74/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-bio-lng-groengas/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/70/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-bio-ethanol-100/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/76/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-bio-kerosine-saf/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/228/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-methanol-bio/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/229/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-e-methanol-groene-stroom/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/31/111/brandstoffen-voertuigen-en-schepen-hernieuwbare-brandstoffen-ad-blue-additief/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/146/brandstoffen-energieopwekking-houtige-biomassa-houtblokken-nl/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/142/brandstoffen-energieopwekking-houtige-biomassa-houtchips-nl/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/144/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-droge-industriele-reststroom-nl/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/145/brandstoffen-energieopwekking-houtige-biomassa-houtpellets-uit-vers-hout-nl/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/28/143/brandstoffen-energieopwekking-houtige-biomassa-houtshreds-nl/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/126/brandstoffen-energieopwekking-vaste-brandstoffen-antraciet/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/132/brandstoffen-energieopwekking-vaste-brandstoffen-bruinkool/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/127/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/128/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-cokeovens/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/129/brandstoffen-energieopwekking-vaste-brandstoffen-cokeskolen-hoogovens/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/130/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-bitumineus/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/131/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-sub-bitumineus/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/134/brandstoffen-energieopwekking-vaste-brandstoffen-steenkool-en-bruinkool-briketten/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/26/133/brandstoffen-energieopwekking-vaste-brandstoffen-turf/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/113/brandstoffen-energieopwekking-vloeibare-brandstoffen-aardgascondensaat/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/118/brandstoffen-energieopwekking-vloeibare-brandstoffen-bitumen/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/123/brandstoffen-energieopwekking-vloeibare-brandstoffen-chemisch-restgas/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/116/brandstoffen-energieopwekking-vloeibare-brandstoffen-ethaan/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/115/brandstoffen-energieopwekking-vloeibare-brandstoffen-leisteenolie/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/117/brandstoffen-energieopwekking-vloeibare-brandstoffen-naftas/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/124/brandstoffen-energieopwekking-vloeibare-brandstoffen-orimulsion/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/125/brandstoffen-energieopwekking-vloeibare-brandstoffen-overige-olien/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/114/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleum/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/120/brandstoffen-energieopwekking-vloeibare-brandstoffen-petroleumcokes/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/121/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderij-grondstoffen/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/122/brandstoffen-energieopwekking-vloeibare-brandstoffen-raffinaderijgas/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/112/brandstoffen-energieopwekking-vloeibare-brandstoffen-ruwe-aardolie/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/25/119/brandstoffen-energieopwekking-vloeibare-brandstoffen-smeerolien/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/135/brandstoffen-energieopwekking-gasvormige-brandstoffen-aardgas-g-gas/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/138/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gemiddeld/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/223/brandstoffen-energieopwekking-gasvormige-brandstoffen-groen-gas-monomestvergisting/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/224/brandstoffen-energieopwekking-gasvormige-brandstoffen-groen-gas-allesvergisting/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/141/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-slibvergisting-rwzi/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/137/brandstoffen-energieopwekking-gasvormige-brandstoffen-propaan/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/221/brandstoffen-energieopwekking-gasvormige-brandstoffen-biopropaan/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/139/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-covergisting/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/27/140/brandstoffen-energieopwekking-gasvormige-brandstoffen-groengas-gft-vergisting/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/51/elektriciteit-grijze-stroom/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/52/elektriciteit-stroom-onbekend-gridmix/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/53/elektriciteit-windkracht/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/55/elektriciteit-zonne-energie/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/54/elektriciteit-waterkracht/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/56/elektriciteit-biomassa/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/11/50/elektriciteit-stroometiket/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/48/warmtelevering-gemiddelde-warmtenetten/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/12/49/warmtelevering-restwarmte-zonder-bijstook/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/14/koudemiddelen-blends-r404a/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/21/koudemiddelen-blends-r407a/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/22/koudemiddelen-blends-r407c/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/23/koudemiddelen-blends-r407f/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/24/koudemiddelen-blends-r410a/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/25/koudemiddelen-blends-r417a/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/26/koudemiddelen-blends-r422d/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/31/koudemiddelen-blends-r438a/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/32/koudemiddelen-blends-r448a/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/35/koudemiddelen-blends-r449a/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/36/koudemiddelen-blends-r450a/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/37/koudemiddelen-blends-r452a/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/38/koudemiddelen-blends-r452b/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/222/koudemiddelen-blends-r454c/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/40/koudemiddelen-blends-r507/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/22/41/koudemiddelen-blends-r513a/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/43/koudemiddelen-hcfks-r1233zd-z/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/20/10/koudemiddelen-hcfks-r22/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/15/koudemiddelen-hfcs-1234yf/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/20/koudemiddelen-hfcs-1234ze-z/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/16/koudemiddelen-hfcs-r125/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/17/koudemiddelen-hfcs-r134a/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/18/koudemiddelen-hfcs-r143a/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/12/koudemiddelen-hfcs-r23/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/19/koudemiddelen-hfcs-r245fa/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/21/13/koudemiddelen-hfcs-r32/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/30/koudemiddelen-overige-koudemiddelen-r290-propaan/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/42/koudemiddelen-overige-koudemiddelen-r600-butaan/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/44/koudemiddelen-overige-koudemiddelen-r600a-isobutaan/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/45/koudemiddelen-overige-koudemiddelen-r601a-isopentaan/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/46/koudemiddelen-overige-koudemiddelen-r717-ammoniak/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/23/47/koudemiddelen-overige-koudemiddelen-r744-co2/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/27/overige-emissies-lachgas-n2o/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/8/overige-emissies-methaan-ch4-niet-fossiel/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/28/overige-emissies-stikstof-trifluoride-nf3/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/17/29/overige-emissies-zwavel-hexafluoride-sf6/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/39/overige-emissies-anesthesiegassen-desfluraan-hfe-236ea2/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/34/overige-emissies-anesthesiegassen-isofluraan-hcfe-235da2/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/24/33/overige-emissies-anesthesiegassen-sevofluraan-hfe-347mmz1/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/147/personenvervoer-auto-gemiddelde-auto-brandstofsoort-onbekend/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/149/personenvervoer-auto-benzine-middel/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/154/personenvervoer-auto-diesel-middel/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/158/personenvervoer-auto-lpg-middel/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/161/personenvervoer-auto-cngaardgas-middel/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/163/personenvervoer-auto-bio-cng-gemiddeld/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/164/personenvervoer-auto-bio-ethanol-e85-gemiddeld/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/152/personenvervoer-auto-benzine-plug-in-hybride-phev/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/194/personenvervoer-auto-biodiesel-hvo-100-gemiddeld/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/169/personenvervoer-auto-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/170/personenvervoer-auto-elektrisch-groene-stroom/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/168/personenvervoer-auto-elektrisch-grijze-stroom/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/166/personenvervoer-auto-waterstof-grijs-gemiddeld/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/167/personenvervoer-auto-waterstof-groen-gemiddeld/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/148/personenvervoer-auto-benzine-klein/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/150/personenvervoer-auto-benzine-groot/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/151/personenvervoer-auto-benzine-hybride/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/153/personenvervoer-auto-diesel-klein/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/155/personenvervoer-auto-diesel-groot/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/156/personenvervoer-auto-diesel-hybride/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/157/personenvervoer-auto-lpg-klein/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/159/personenvervoer-auto-lpg-groot/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/193/personenvervoer-auto-biodiesel-fame-100-gemiddeld/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/160/personenvervoer-auto-cngaardgas-klein/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/38/162/personenvervoer-auto-cngaardgas-groot/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/177/personenvervoer-openbaar-vervoer-ov-algemeen-trein-bus-metro-tram/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/209/personenvervoer-openbaar-vervoer-bus-tram-metro-gemiddelde/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/178/personenvervoer-openbaar-vervoer-trein-gemiddelde-type-onbekend/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/196/personenvervoer-openbaar-vervoer-trein-elektrisch/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/195/personenvervoer-openbaar-vervoer-trein-diesel/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/210/personenvervoer-openbaar-vervoer-trein-internationaal/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/182/personenvervoer-openbaar-vervoer-bus-gemiddeld-brandstof-onbekend/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/197/personenvervoer-openbaar-vervoer-bus-diesel/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/211/personenvervoer-openbaar-vervoer-bus-biodiesel-hvo100/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/198/personenvervoer-openbaar-vervoer-bus-groengas/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/185/personenvervoer-openbaar-vervoer-bus-elektrisch-groene-stroom/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/199/personenvervoer-openbaar-vervoer-bus-brandstofcelwaterstof/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/192/personenvervoer-openbaar-vervoer-metro-groene-stroom/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/53/187/personenvervoer-openbaar-vervoer-tram-groene-stroom/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/175/personenvervoer-touringcar-diesel-reizigerskilometer/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/207/personenvervoer-touringcar-hvo-100biodiesel-reizigerskilometer/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/205/personenvervoer-touringcar-batterijelektrisch-reizigerskilometer/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/176/personenvervoer-touringcar-diesel/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/208/personenvervoer-touringcar-hvo-100biodiesel/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/43/206/personenvervoer-touringcar-batterijelektrisch/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/202/personenvervoer-tweewielers-fiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/213/personenvervoer-tweewielers-bromfiets-gemiddeld/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/220/personenvervoer-tweewielers-bromfiets-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/201/personenvervoer-tweewielers-motor-gemiddeld-benzine/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/44/186/personenvervoer-tweewielers-motor-elektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/200/personenvervoer-vliegtuig-gemiddelde-alle-afstanden/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/188/personenvervoer-vliegtuig-regionaal-700-km/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/189/personenvervoer-vliegtuig-europees-700-2500-km/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/51/190/personenvervoer-vliegtuig-intercontinentaal-2500-km/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/204/personenvervoer-minibus-max-8-personen-gemiddeld-reizigerskilometer/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/203/personenvervoer-minibus-max-8-personen-batterijelektrisch-gemiddelde-stroommix/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/42/172/personenvervoer-minibus-max-8-personen-diesel/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/50/212/personenvervoer-veerboot-gemiddeld/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/52/94/goederenvervoer-bulk-en-stukgoederen-luchtvracht-luchtvaart-lange-afstand/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/88/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-gemiddeld-1500-3000-ton-rhk-groot-rijnschip/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/89/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-groot-5000-11000-ton-koppelverband-duwbak/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/87/goederenvervoer-bulk-en-stukgoederen-watervervoer-binnenvaart-klein-300-600-ton-spits-kempenaar/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/92/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/215/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/36/91/goederenvervoer-bulk-en-stukgoederen-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/78/goederenvervoer-bulk-en-stukgoederen-wegvervoer-bestelauto-2-ton/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/79/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-10-ton/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/83/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/80/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-10-20-ton/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/81/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-vrachtwagen-20-ton-plus-aanhanger/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/32/82/goederenvervoer-bulk-en-stukgoederen-wegvervoer-vrachtwagen-zware-trekker-oplegger/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/97/goederenvervoer-containers-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/95/goederenvervoer-containers-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/37/96/goederenvervoer-containers-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/86/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-combinatie/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/84/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-diesel/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/34/85/goederenvervoer-bulk-en-stukgoederen-spoorvervoer-trein-elektrisch/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/101/goederenvervoer-containers-watervervoer-binnenvaart-348-teu-koppelverband/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/98/goederenvervoer-containers-watervervoer-binnenvaart-40-teu-neo-kemp/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/99/goederenvervoer-containers-watervervoer-binnenvaart-96-teu-rijn-herne-kanaal/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/100/goederenvervoer-containers-watervervoer-binnenvaart-gemiddelde-208-teu-groot-rijnschip/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/104/goederenvervoer-containers-watervervoer-zeevaart-deep-sea/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/218/goederenvervoer-containers-watervervoer-zeevaart-gemiddelde/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/33/103/goederenvervoer-containers-watervervoer-zeevaart-kustvaart/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/106/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/107/goederenvervoer-containers-wegvervoer-vrachtwagen-20-ton-met-aanhanger/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/109/goederenvervoer-containers-wegvervoer-vrachtwagen-lzv/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/35/108/goederenvervoer-containers-wegvervoer-vrachtwagen-trekker-met-oplegger-zwaar/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/57/225/afval-ongescheiden-afval-testfactor/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://co2emissiefactoren.nl/factoren/2022/59/226/afval-afvalwater-afvalwater/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId201"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="45.5" customWidth="1" min="1" max="1"/>
     <col width="13" customWidth="1" min="2" max="2"/>
     <col width="13" customWidth="1" min="3" max="3"/>
     <col width="13" customWidth="1" min="4" max="4"/>
     <col width="13" customWidth="1" min="5" max="5"/>
     <col width="19.5" customWidth="1" min="6" max="6"/>
     <col width="19.5" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1" ht="170" customHeight="1">
       <c r="A1" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="2" ht="30" customHeight="1">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>Factoren 2022 dd 11-01-2026</t>
+          <t>Factoren 2022 dd 14-03-2026</t>
         </is>
       </c>
     </row>
     <row r="3" ht="300" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Onderstaande lijst is gegenereerd van de website CO2emissiefactoren.nl. 
 In deze tabel staan alle CO2-emissiefactoren van het door u geselecteerde jaar, die geldig zijn in Nederland uitgedrukt in CO2-equivalenten. 
 Let op: de kolommen kunnen wisselende koppen hebben, 
 Meest gebruikelijk is Well to Wheel (WTW), Well to Tank (WTT), Tank to Wheel (TTW) en biogene emissies. 
 Welke emissiefactor u nodig hebt, is afhankelijk van het doel van de CO2-inventaris. 
 Achter elke factor is een link opgenomen, die verwijst naar de betreffende factor op de website. Via de website kunt u de historische ontwikkelingen in een factor volgen en de bronverwijzing opzoeken.
 Wij stellen het op prijs als u bij gebruik van de emissiefactoren een referentie opneemt naar www.CO2emissiefactoren.nl.</t>
         </is>
       </c>
     </row>
     <row r="4" ht="40" customHeight="1">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>Brandstoffen voertuigen</t>
+          <t>Brandstoffen voertuigen en schepen</t>
         </is>
       </c>
     </row>
     <row r="5" ht="40" customHeight="1">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Fossiele brandstoffen</t>
         </is>
       </c>
       <c r="B5" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="n"/>
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
       <c r="C6" s="4" t="inlineStr">
@@ -818,83 +818,83 @@
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>MDO (Marine Diesel Oil)</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>3.436</v>
       </c>
       <c r="C13" s="5" t="n">
         <v>2.719</v>
       </c>
       <c r="D13" s="5" t="n">
         <v>0.717</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="inlineStr">
         <is>
-          <t>Liter</t>
+          <t>liter</t>
         </is>
       </c>
       <c r="G13" t="n">
         <v>35.87</v>
       </c>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>HFO (Heavy Fuel Oil)</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>3.762</v>
       </c>
       <c r="C14" s="9" t="n">
         <v>3.11</v>
       </c>
       <c r="D14" s="5" t="n">
         <v>0.652</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="7" t="inlineStr">
         <is>
-          <t>Liter</t>
+          <t>liter</t>
         </is>
       </c>
       <c r="G14" t="n">
         <v>39.77</v>
       </c>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Kerosine (Jet A1)</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>3.202</v>
       </c>
       <c r="C15" s="5" t="n">
         <v>2.506</v>
       </c>
       <c r="D15" s="5" t="n">
         <v>0.696</v>
@@ -926,6832 +926,6972 @@
         <v>12.516</v>
       </c>
       <c r="C16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D16" s="5" t="n">
         <v>12.516</v>
       </c>
       <c r="E16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G16" t="n">
         <v>120</v>
       </c>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="40" customHeight="1">
-[...9 lines deleted...]
-      </c>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Methanol (fossiel)</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr"/>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="4" t="n"/>
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr"/>
+      <c r="H17" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" ht="40" customHeight="1">
+      <c r="A18" s="3" t="inlineStr">
+        <is>
+          <t>Fossiele brandstoffen met bio-bijmenging</t>
+        </is>
+      </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr"/>
+      <c r="D18" t="inlineStr"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="4" t="n"/>
+      <c r="B19" s="4" t="inlineStr">
+        <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
-      <c r="C18" s="4" t="inlineStr">
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies (WTT)</t>
         </is>
       </c>
-      <c r="E18" s="4" t="inlineStr">
+      <c r="E19" s="4" t="inlineStr">
         <is>
           <t>Biogene emissies</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G18" s="4" t="inlineStr">
+      <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...28 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t xml:space="preserve">Diesel B7 </t>
+          <t xml:space="preserve">Benzine E10 </t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>3.262</v>
+        <v>2.784</v>
       </c>
       <c r="C20" s="5" t="n">
-        <v>2.474</v>
+        <v>2.141</v>
       </c>
       <c r="D20" s="5" t="n">
-        <v>0.788</v>
+        <v>0.643</v>
       </c>
       <c r="E20" t="inlineStr"/>
       <c r="F20" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G20" t="n">
-        <v>35.9</v>
+        <v>31.31</v>
       </c>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t xml:space="preserve">Dieselvervanger HVO30 </t>
-[...4 lines deleted...]
-      <c r="D21" t="inlineStr"/>
+          <t xml:space="preserve">Diesel B7 </t>
+        </is>
+      </c>
+      <c r="B21" s="5" t="n">
+        <v>3.262</v>
+      </c>
+      <c r="C21" s="5" t="n">
+        <v>2.474</v>
+      </c>
+      <c r="D21" s="5" t="n">
+        <v>0.788</v>
+      </c>
       <c r="E21" t="inlineStr"/>
       <c r="F21" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G21" t="n">
-        <v>35.4</v>
+        <v>35.9</v>
       </c>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t xml:space="preserve">Benzinevervanger E85 </t>
-[...10 lines deleted...]
-      </c>
+          <t xml:space="preserve">Dieselvervanger HVO30 </t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr"/>
+      <c r="C22" t="inlineStr"/>
+      <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr"/>
       <c r="F22" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G22" t="n">
+        <v>35.4</v>
+      </c>
+      <c r="H22" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Benzinevervanger E85 </t>
+        </is>
+      </c>
+      <c r="B23" s="5" t="n">
+        <v>0.876</v>
+      </c>
+      <c r="C23" s="5" t="n">
+        <v>0.369</v>
+      </c>
+      <c r="D23" s="5" t="n">
+        <v>0.507</v>
+      </c>
+      <c r="E23" t="inlineStr"/>
+      <c r="F23" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G23" t="n">
         <v>22.61</v>
       </c>
-      <c r="H22" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A23" s="3" t="inlineStr">
+      <c r="H23" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" ht="40" customHeight="1">
+      <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Hernieuwbare brandstoffen</t>
         </is>
       </c>
-      <c r="B23" s="4" t="inlineStr">
+      <c r="B24" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B24" s="4" t="inlineStr">
+      <c r="C24" t="inlineStr"/>
+      <c r="D24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="4" t="n"/>
+      <c r="B25" s="4" t="inlineStr">
         <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
-      <c r="C24" s="4" t="inlineStr">
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies (WTT)</t>
         </is>
       </c>
-      <c r="E24" s="4" t="inlineStr">
+      <c r="E25" s="4" t="inlineStr">
         <is>
           <t>Biogene emissies</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G24" s="4" t="inlineStr">
+      <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...28 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biodiesel HVO </t>
+          <t xml:space="preserve">Waterstof groen </t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>0.314</v>
-[...2 lines deleted...]
-        <v>0.038</v>
+        <v>1.092</v>
+      </c>
+      <c r="C26" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D26" s="5" t="n">
-        <v>0.276</v>
+        <v>1.092</v>
       </c>
       <c r="E26" t="inlineStr"/>
       <c r="F26" s="7" t="inlineStr">
         <is>
-          <t>liter</t>
+          <t>kg</t>
         </is>
       </c>
       <c r="G26" t="n">
-        <v>34.54</v>
+        <v>120</v>
       </c>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biodiesel FAME </t>
+          <t xml:space="preserve">Biodiesel HVO </t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>0.449</v>
+        <v>0.314</v>
       </c>
       <c r="C27" s="5" t="n">
-        <v>0.035</v>
+        <v>0.038</v>
       </c>
       <c r="D27" s="5" t="n">
-        <v>0.414</v>
+        <v>0.276</v>
       </c>
       <c r="E27" t="inlineStr"/>
       <c r="F27" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G27" t="n">
-        <v>33.02</v>
+        <v>34.54</v>
       </c>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Bio-CNG (Groengas)</t>
+          <t xml:space="preserve">Biodiesel FAME </t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>1.049</v>
+        <v>0.449</v>
       </c>
       <c r="C28" s="5" t="n">
-        <v>0.137</v>
+        <v>0.035</v>
       </c>
       <c r="D28" s="5" t="n">
-        <v>0.912</v>
+        <v>0.414</v>
       </c>
       <c r="E28" t="inlineStr"/>
       <c r="F28" s="7" t="inlineStr">
         <is>
-          <t>kg</t>
+          <t>liter</t>
         </is>
       </c>
       <c r="G28" t="n">
-        <v>38</v>
+        <v>33.02</v>
       </c>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Bio-LNG (Groengas)</t>
+          <t>Bio-CNG (Groengas)</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>1.431</v>
+        <v>1.049</v>
       </c>
       <c r="C29" s="5" t="n">
-        <v>0.176</v>
+        <v>0.137</v>
       </c>
       <c r="D29" s="5" t="n">
-        <v>1.254</v>
+        <v>0.912</v>
       </c>
       <c r="E29" t="inlineStr"/>
       <c r="F29" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G29" t="n">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Bio-Ethanol (100%)</t>
+          <t>Bio-LNG (Groengas)</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>0.5580000000000001</v>
+        <v>1.431</v>
       </c>
       <c r="C30" s="5" t="n">
-        <v>0.014</v>
+        <v>0.176</v>
       </c>
       <c r="D30" s="5" t="n">
-        <v>0.543</v>
+        <v>1.254</v>
       </c>
       <c r="E30" t="inlineStr"/>
       <c r="F30" s="7" t="inlineStr">
         <is>
-          <t>liter</t>
+          <t>kg</t>
         </is>
       </c>
       <c r="G30" t="n">
-        <v>20.87</v>
+        <v>49</v>
       </c>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Bio-Kerosine (SAF)</t>
-[...4 lines deleted...]
-      <c r="D31" t="inlineStr"/>
+          <t>Bio-Ethanol (100%)</t>
+        </is>
+      </c>
+      <c r="B31" s="5" t="n">
+        <v>0.5580000000000001</v>
+      </c>
+      <c r="C31" s="5" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="D31" s="5" t="n">
+        <v>0.543</v>
+      </c>
       <c r="E31" t="inlineStr"/>
       <c r="F31" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
-      <c r="G31" t="inlineStr"/>
+      <c r="G31" t="n">
+        <v>20.87</v>
+      </c>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Ad Blue (additief)</t>
+          <t>Bio-Kerosine (SAF)</t>
         </is>
       </c>
       <c r="B32" t="inlineStr"/>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr"/>
       <c r="F32" s="7" t="inlineStr">
         <is>
           <t>liter</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="33" ht="40" customHeight="1">
-[...16 lines deleted...]
-      </c>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>Methanol (bio)</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr"/>
+      <c r="C33" t="inlineStr"/>
+      <c r="D33" t="inlineStr"/>
+      <c r="E33" t="inlineStr"/>
+      <c r="F33" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr"/>
+      <c r="H33" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>E-Methanol (groene stroom)</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr"/>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
+      <c r="E34" t="inlineStr"/>
+      <c r="F34" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr"/>
+      <c r="H34" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="35">
-      <c r="A35" s="4" t="n"/>
-      <c r="B35" s="4" t="inlineStr">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Ad Blue (additief)</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr"/>
+      <c r="C35" t="inlineStr"/>
+      <c r="D35" t="inlineStr"/>
+      <c r="E35" t="inlineStr"/>
+      <c r="F35" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr"/>
+      <c r="H35" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" ht="40" customHeight="1">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>Brandstoffen energieopwekking</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="40" customHeight="1">
+      <c r="A37" s="3" t="inlineStr">
+        <is>
+          <t>Houtige biomassa</t>
+        </is>
+      </c>
+      <c r="B37" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr"/>
+      <c r="D37" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="4" t="n"/>
+      <c r="B38" s="4" t="inlineStr">
         <is>
           <t>WTW</t>
         </is>
       </c>
-      <c r="C35" s="4" t="inlineStr">
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>TTW</t>
         </is>
       </c>
-      <c r="D35" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>WTT</t>
         </is>
       </c>
-      <c r="E35" s="4" t="inlineStr">
+      <c r="E38" s="4" t="inlineStr">
         <is>
           <t>Biogene Emissies</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G35" s="4" t="inlineStr">
+      <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...94 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Houtpellets (uit vers hout, NL)</t>
+          <t>Houtblokken (NL)</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>0.556</v>
+        <v>0.077</v>
       </c>
       <c r="C39" s="5" t="n">
-        <v>0.006</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="D39" s="5" t="n">
-        <v>0.55</v>
+        <v>0.068</v>
       </c>
       <c r="E39" s="5" t="n">
         <v>1.833</v>
       </c>
       <c r="F39" s="7" t="inlineStr">
         <is>
           <t>kg ds</t>
         </is>
       </c>
       <c r="G39" t="n">
         <v>19.3</v>
       </c>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Houtshreds (NL)</t>
+          <t>Houtchips (NL)</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>0.054</v>
+        <v>0.062</v>
       </c>
       <c r="C40" s="5" t="n">
         <v>0.008999999999999999</v>
       </c>
       <c r="D40" s="5" t="n">
-        <v>0.045</v>
+        <v>0.053</v>
       </c>
       <c r="E40" s="5" t="n">
         <v>1.833</v>
       </c>
       <c r="F40" s="7" t="inlineStr">
         <is>
           <t>kg ds</t>
         </is>
       </c>
       <c r="G40" t="n">
         <v>19.3</v>
       </c>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D41" t="inlineStr"/>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>Houtpellets (uit (droge) industriele reststroom, NL)</t>
+        </is>
+      </c>
+      <c r="B41" s="5" t="n">
+        <v>0.035</v>
+      </c>
+      <c r="C41" s="5" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="D41" s="5" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F41" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
+        </is>
+      </c>
+      <c r="G41" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="H41" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="42">
-      <c r="A42" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Houtpellets (uit vers hout, NL)</t>
+        </is>
+      </c>
+      <c r="B42" s="5" t="n">
+        <v>0.556</v>
+      </c>
+      <c r="C42" s="5" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="D42" s="5" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>1.833</v>
+      </c>
+      <c r="F42" s="7" t="inlineStr">
+        <is>
+          <t>kg ds</t>
+        </is>
+      </c>
+      <c r="G42" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="H42" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t xml:space="preserve">Antraciet </t>
-[...2 lines deleted...]
-      <c r="B43" t="inlineStr"/>
+          <t>Houtshreds (NL)</t>
+        </is>
+      </c>
+      <c r="B43" s="5" t="n">
+        <v>0.054</v>
+      </c>
       <c r="C43" s="5" t="n">
-        <v>2.88</v>
-[...2 lines deleted...]
-      <c r="E43" t="inlineStr"/>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="D43" s="5" t="n">
+        <v>0.045</v>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>1.833</v>
+      </c>
       <c r="F43" s="7" t="inlineStr">
         <is>
-          <t>kg</t>
+          <t>kg ds</t>
         </is>
       </c>
       <c r="G43" t="n">
-        <v>29.3</v>
+        <v>19.3</v>
       </c>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="44">
-[...8 lines deleted...]
-      </c>
+    <row r="44" ht="40" customHeight="1">
+      <c r="A44" s="3" t="inlineStr">
+        <is>
+          <t>Vaste Brandstoffen</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
-      <c r="E44" t="inlineStr"/>
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="45">
-      <c r="A45" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A45" s="4" t="n"/>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>WTW</t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>TTW</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>WTT</t>
+        </is>
+      </c>
+      <c r="E45" s="4" t="inlineStr">
+        <is>
+          <t>Biogene Emissies</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G45" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>Cokeskolen (cokeovens)</t>
+          <t xml:space="preserve">Antraciet </t>
         </is>
       </c>
       <c r="B46" t="inlineStr"/>
       <c r="C46" s="5" t="n">
-        <v>2.728</v>
+        <v>2.88</v>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr"/>
       <c r="F46" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G46" t="n">
-        <v>28.6</v>
+        <v>29.3</v>
       </c>
       <c r="H46" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>Cokeskolen (hoogovens)</t>
+          <t xml:space="preserve">Bruinkool </t>
         </is>
       </c>
       <c r="B47" t="inlineStr"/>
       <c r="C47" s="5" t="n">
-        <v>2.568</v>
+        <v>2.02</v>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr"/>
       <c r="F47" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G47" t="n">
-        <v>28.6</v>
+        <v>20</v>
       </c>
       <c r="H47" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>Steenkool (bitumineus)</t>
+          <t xml:space="preserve">Cokeskolen </t>
         </is>
       </c>
       <c r="B48" t="inlineStr"/>
-      <c r="C48" s="9" t="n">
-        <v>2.33</v>
+      <c r="C48" s="5" t="n">
+        <v>2.688</v>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr"/>
       <c r="F48" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G48" t="n">
-        <v>24.8</v>
+        <v>28.6</v>
       </c>
       <c r="H48" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>Steenkool (sub-bitumineus)</t>
+          <t>Cokeskolen (cokeovens)</t>
         </is>
       </c>
       <c r="B49" t="inlineStr"/>
       <c r="C49" s="5" t="n">
-        <v>1.816</v>
+        <v>2.728</v>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr"/>
       <c r="F49" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G49" t="n">
-        <v>18.9</v>
+        <v>28.6</v>
       </c>
       <c r="H49" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t xml:space="preserve">Steenkool en bruinkool briketten </t>
+          <t>Cokeskolen (hoogovens)</t>
         </is>
       </c>
       <c r="B50" t="inlineStr"/>
       <c r="C50" s="5" t="n">
-        <v>2.018</v>
+        <v>2.568</v>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr"/>
       <c r="F50" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G50" t="n">
-        <v>20.7</v>
+        <v>28.6</v>
       </c>
       <c r="H50" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t xml:space="preserve">Turf </t>
+          <t>Steenkool (bitumineus)</t>
         </is>
       </c>
       <c r="B51" t="inlineStr"/>
-      <c r="C51" s="5" t="n">
-        <v>1.035</v>
+      <c r="C51" s="9" t="n">
+        <v>2.33</v>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr"/>
       <c r="F51" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G51" t="n">
-        <v>9.76</v>
+        <v>24.8</v>
       </c>
       <c r="H51" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="40" customHeight="1">
-[...10 lines deleted...]
-      <c r="C52" t="inlineStr"/>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>Steenkool (sub-bitumineus)</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr"/>
+      <c r="C52" s="5" t="n">
+        <v>1.816</v>
+      </c>
       <c r="D52" t="inlineStr"/>
+      <c r="E52" t="inlineStr"/>
+      <c r="F52" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G52" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="H52" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="53">
-      <c r="A53" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A53" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Steenkool en bruinkool briketten </t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr"/>
+      <c r="C53" s="5" t="n">
+        <v>2.018</v>
+      </c>
+      <c r="D53" t="inlineStr"/>
+      <c r="E53" t="inlineStr"/>
+      <c r="F53" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G53" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="H53" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aardgascondensaat </t>
+          <t xml:space="preserve">Turf </t>
         </is>
       </c>
       <c r="B54" t="inlineStr"/>
       <c r="C54" s="5" t="n">
-        <v>2.825</v>
+        <v>1.035</v>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr"/>
       <c r="F54" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G54" t="n">
-        <v>44</v>
+        <v>9.76</v>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="55">
-[...8 lines deleted...]
-      </c>
+    <row r="55" ht="40" customHeight="1">
+      <c r="A55" s="3" t="inlineStr">
+        <is>
+          <t>Vloeibare brandstoffen</t>
+        </is>
+      </c>
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
-      <c r="E55" t="inlineStr"/>
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="56">
-      <c r="A56" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A56" s="4" t="n"/>
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t>WTW</t>
+        </is>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>TTW</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>WTT</t>
+        </is>
+      </c>
+      <c r="E56" s="4" t="inlineStr">
+        <is>
+          <t>Biogene Emissies</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G56" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ethaan </t>
+          <t xml:space="preserve">Aardgascondensaat </t>
         </is>
       </c>
       <c r="B57" t="inlineStr"/>
       <c r="C57" s="5" t="n">
-        <v>2.784</v>
+        <v>2.825</v>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr"/>
       <c r="F57" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G57" t="n">
-        <v>45.2</v>
+        <v>44</v>
       </c>
       <c r="H57" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t xml:space="preserve">Leisteenolie </t>
+          <t xml:space="preserve">Bitumen </t>
         </is>
       </c>
       <c r="B58" t="inlineStr"/>
       <c r="C58" s="5" t="n">
-        <v>2.793</v>
+        <v>3.381</v>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr"/>
       <c r="F58" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G58" t="n">
-        <v>38.1</v>
+        <v>41.9</v>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t xml:space="preserve">Nafta's </t>
+          <t xml:space="preserve">Chemisch restgas </t>
         </is>
       </c>
       <c r="B59" t="inlineStr"/>
       <c r="C59" s="5" t="n">
-        <v>3.225</v>
+        <v>2.793</v>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr"/>
       <c r="F59" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G59" t="n">
-        <v>44</v>
+        <v>45.2</v>
       </c>
       <c r="H59" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t xml:space="preserve">Orimulsion </t>
+          <t xml:space="preserve">Ethaan </t>
         </is>
       </c>
       <c r="B60" t="inlineStr"/>
       <c r="C60" s="5" t="n">
-        <v>2.118</v>
+        <v>2.784</v>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr"/>
       <c r="F60" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G60" t="n">
-        <v>27.5</v>
+        <v>45.2</v>
       </c>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t xml:space="preserve">Overige Oliën </t>
+          <t xml:space="preserve">Leisteenolie </t>
         </is>
       </c>
       <c r="B61" t="inlineStr"/>
       <c r="C61" s="5" t="n">
-        <v>2.947</v>
+        <v>2.793</v>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr"/>
       <c r="F61" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G61" t="n">
-        <v>40.2</v>
+        <v>38.1</v>
       </c>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t xml:space="preserve">Petroleum </t>
+          <t xml:space="preserve">Nafta's </t>
         </is>
       </c>
       <c r="B62" t="inlineStr"/>
       <c r="C62" s="5" t="n">
-        <v>3.099</v>
+        <v>3.225</v>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr"/>
       <c r="F62" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G62" t="n">
-        <v>43.1</v>
+        <v>44</v>
       </c>
       <c r="H62" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t xml:space="preserve">Petroleumcokes </t>
+          <t xml:space="preserve">Orimulsion </t>
         </is>
       </c>
       <c r="B63" t="inlineStr"/>
       <c r="C63" s="5" t="n">
-        <v>3.432</v>
+        <v>2.118</v>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr"/>
       <c r="F63" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G63" t="n">
-        <v>35.2</v>
+        <v>27.5</v>
       </c>
       <c r="H63" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t xml:space="preserve">Raffinaderij Grondstoffen </t>
+          <t xml:space="preserve">Overige Oliën </t>
         </is>
       </c>
       <c r="B64" t="inlineStr"/>
       <c r="C64" s="5" t="n">
-        <v>3.152</v>
+        <v>2.947</v>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr"/>
       <c r="F64" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G64" t="n">
-        <v>43</v>
+        <v>40.2</v>
       </c>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t xml:space="preserve">Raffinaderijgas </t>
+          <t xml:space="preserve">Petroleum </t>
         </is>
       </c>
       <c r="B65" t="inlineStr"/>
       <c r="C65" s="5" t="n">
-        <v>2.911</v>
+        <v>3.099</v>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr"/>
       <c r="F65" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G65" t="n">
-        <v>45.2</v>
+        <v>43.1</v>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ruwe Aardolie </t>
+          <t xml:space="preserve">Petroleumcokes </t>
         </is>
       </c>
       <c r="B66" t="inlineStr"/>
       <c r="C66" s="5" t="n">
-        <v>3.13</v>
+        <v>3.432</v>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr"/>
       <c r="F66" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G66" t="n">
-        <v>42.7</v>
+        <v>35.2</v>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t xml:space="preserve">Smeeroliën </t>
+          <t xml:space="preserve">Raffinaderij Grondstoffen </t>
         </is>
       </c>
       <c r="B67" t="inlineStr"/>
       <c r="C67" s="5" t="n">
-        <v>3.035</v>
+        <v>3.152</v>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr"/>
       <c r="F67" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G67" t="n">
-        <v>41.4</v>
+        <v>43</v>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="68" ht="40" customHeight="1">
-[...10 lines deleted...]
-      <c r="C68" t="inlineStr"/>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Raffinaderijgas </t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr"/>
+      <c r="C68" s="5" t="n">
+        <v>2.911</v>
+      </c>
       <c r="D68" t="inlineStr"/>
+      <c r="E68" t="inlineStr"/>
+      <c r="F68" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G68" t="n">
+        <v>45.2</v>
+      </c>
+      <c r="H68" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="69">
-      <c r="A69" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A69" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Ruwe Aardolie </t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr"/>
+      <c r="C69" s="5" t="n">
+        <v>3.13</v>
+      </c>
+      <c r="D69" t="inlineStr"/>
+      <c r="E69" t="inlineStr"/>
+      <c r="F69" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G69" t="n">
+        <v>42.7</v>
+      </c>
+      <c r="H69" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>Aardgas (G-gas)</t>
-[...4 lines deleted...]
-      </c>
+          <t xml:space="preserve">Smeeroliën </t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr"/>
       <c r="C70" s="5" t="n">
-        <v>1.788</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.035</v>
+      </c>
+      <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr"/>
       <c r="F70" s="7" t="inlineStr">
         <is>
-          <t>Nm3</t>
+          <t>kg</t>
         </is>
       </c>
       <c r="G70" t="n">
-        <v>31.65</v>
+        <v>41.4</v>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="71">
-[...27 lines deleted...]
-      </c>
+    <row r="71" ht="40" customHeight="1">
+      <c r="A71" s="3" t="inlineStr">
+        <is>
+          <t>Gasvormige brandstoffen</t>
+        </is>
+      </c>
+      <c r="B71" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr"/>
+      <c r="D71" t="inlineStr"/>
     </row>
     <row r="72">
-      <c r="A72" t="inlineStr">
-[...16 lines deleted...]
-          <t>Link</t>
+      <c r="A72" s="4" t="n"/>
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>WTW</t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>TTW</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>WTT</t>
+        </is>
+      </c>
+      <c r="E72" s="4" t="inlineStr">
+        <is>
+          <t>Biogene Emissies</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G72" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Groen Gas (Allesvergisting)</t>
-[...4 lines deleted...]
-      <c r="D73" t="inlineStr"/>
+          <t>Aardgas (G-gas)</t>
+        </is>
+      </c>
+      <c r="B73" s="5" t="n">
+        <v>2.085</v>
+      </c>
+      <c r="C73" s="5" t="n">
+        <v>1.788</v>
+      </c>
+      <c r="D73" s="5" t="n">
+        <v>0.297</v>
+      </c>
       <c r="E73" t="inlineStr"/>
       <c r="F73" s="7" t="inlineStr">
         <is>
           <t>Nm3</t>
         </is>
       </c>
-      <c r="G73" t="inlineStr"/>
+      <c r="G73" t="n">
+        <v>31.65</v>
+      </c>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>Groengas (Slibvergisting - RWZI)</t>
+          <t>Groengas (Gemiddeld)</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>0.859</v>
+        <v>0.723</v>
       </c>
       <c r="C74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D74" s="5" t="n">
-        <v>0.859</v>
+        <v>0.723</v>
       </c>
       <c r="E74" t="inlineStr"/>
       <c r="F74" s="7" t="inlineStr">
         <is>
           <t>Nm3</t>
         </is>
       </c>
       <c r="G74" t="n">
         <v>31.65</v>
       </c>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t xml:space="preserve">Propaan </t>
-[...13 lines deleted...]
-      </c>
+          <t>Groen gas (Monomestvergisting)</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr"/>
+      <c r="C75" t="inlineStr"/>
+      <c r="D75" t="inlineStr"/>
+      <c r="E75" t="inlineStr"/>
       <c r="F75" s="7" t="inlineStr">
         <is>
-          <t>liter</t>
-[...4 lines deleted...]
-      </c>
+          <t>Nm3</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr"/>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biopropaan </t>
+          <t>Groen Gas (Allesvergisting)</t>
         </is>
       </c>
       <c r="B76" t="inlineStr"/>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr"/>
       <c r="F76" s="7" t="inlineStr">
         <is>
-          <t>liter</t>
+          <t>Nm3</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>Groengas (Covergisting)</t>
+          <t>Groengas (Slibvergisting - RWZI)</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>1.039</v>
+        <v>0.859</v>
       </c>
       <c r="C77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D77" s="5" t="n">
-        <v>1.039</v>
+        <v>0.859</v>
       </c>
       <c r="E77" t="inlineStr"/>
       <c r="F77" s="7" t="inlineStr">
         <is>
           <t>Nm3</t>
         </is>
       </c>
       <c r="G77" t="n">
         <v>31.65</v>
       </c>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
+          <t xml:space="preserve">Propaan </t>
+        </is>
+      </c>
+      <c r="B78" s="5" t="n">
+        <v>1.725</v>
+      </c>
+      <c r="C78" s="5" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="D78" s="10" t="n">
+        <v>0.1954</v>
+      </c>
+      <c r="E78" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F78" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G78" t="n">
+        <v>25.41</v>
+      </c>
+      <c r="H78" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Biopropaan </t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr"/>
+      <c r="C79" t="inlineStr"/>
+      <c r="D79" t="inlineStr"/>
+      <c r="E79" t="inlineStr"/>
+      <c r="F79" s="7" t="inlineStr">
+        <is>
+          <t>liter</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr"/>
+      <c r="H79" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>Groengas (Covergisting)</t>
+        </is>
+      </c>
+      <c r="B80" s="5" t="n">
+        <v>1.039</v>
+      </c>
+      <c r="C80" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D80" s="5" t="n">
+        <v>1.039</v>
+      </c>
+      <c r="E80" t="inlineStr"/>
+      <c r="F80" s="7" t="inlineStr">
+        <is>
+          <t>Nm3</t>
+        </is>
+      </c>
+      <c r="G80" t="n">
+        <v>31.65</v>
+      </c>
+      <c r="H80" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
           <t>Groengas (GFT-vergisting)</t>
         </is>
       </c>
-      <c r="B78" s="5" t="n">
-[...2 lines deleted...]
-      <c r="C78" s="6" t="n">
+      <c r="B81" s="5" t="n">
+        <v>0.461</v>
+      </c>
+      <c r="C81" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D78" s="5" t="n">
-[...3 lines deleted...]
-      <c r="F78" s="7" t="inlineStr">
+      <c r="D81" s="5" t="n">
+        <v>0.461</v>
+      </c>
+      <c r="E81" t="inlineStr"/>
+      <c r="F81" s="7" t="inlineStr">
         <is>
           <t>Nm3</t>
         </is>
       </c>
-      <c r="G78" t="n">
+      <c r="G81" t="n">
         <v>31.65</v>
       </c>
-      <c r="H78" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A79" s="1" t="inlineStr">
+      <c r="H81" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="40" customHeight="1">
+      <c r="A82" s="1" t="inlineStr">
         <is>
           <t>Elektriciteit</t>
         </is>
       </c>
     </row>
-    <row r="80">
-[...1 lines deleted...]
-      <c r="B80" s="4" t="inlineStr">
+    <row r="83">
+      <c r="A83" t="inlineStr"/>
+      <c r="B83" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C80" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B81" s="4" t="inlineStr">
+      <c r="C83" t="inlineStr"/>
+      <c r="D83" t="inlineStr"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="4" t="n"/>
+      <c r="B84" s="4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
-      <c r="C81" s="4" t="inlineStr">
+      <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Productie-emissies energiecentrale</t>
         </is>
       </c>
-      <c r="D81" s="4" t="inlineStr">
+      <c r="D84" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies productie energiedragers</t>
         </is>
       </c>
-      <c r="E81" s="4" t="inlineStr">
+      <c r="E84" s="4" t="inlineStr">
         <is>
           <t>Infrastructuur (LCA benadering)</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G81" s="4" t="inlineStr">
+      <c r="G84" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...94 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zonne-energie </t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t xml:space="preserve">Grijze Stroom </t>
+        </is>
+      </c>
+      <c r="B85" s="5" t="n">
+        <v>0.523</v>
+      </c>
+      <c r="C85" s="5" t="n">
+        <v>0.454</v>
+      </c>
+      <c r="D85" s="5" t="n">
+        <v>0.06900000000000001</v>
       </c>
       <c r="E85" s="5" t="n">
-        <v>0.061</v>
+        <v>0.001</v>
       </c>
       <c r="F85" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G85" t="n">
         <v>3.6</v>
       </c>
       <c r="H85" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t xml:space="preserve">Waterkracht </t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>Stroom (onbekend) gridmix</t>
+        </is>
+      </c>
+      <c r="B86" s="5" t="n">
+        <v>0.427</v>
+      </c>
+      <c r="C86" s="5" t="n">
+        <v>0.369</v>
+      </c>
+      <c r="D86" s="5" t="n">
+        <v>0.058</v>
       </c>
       <c r="E86" s="5" t="n">
-        <v>0.004</v>
+        <v>0.005</v>
       </c>
       <c r="F86" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G86" t="n">
         <v>3.6</v>
       </c>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t xml:space="preserve">Biomassa </t>
-[...3 lines deleted...]
-        <v>0.044</v>
+          <t xml:space="preserve">Windkracht </t>
+        </is>
+      </c>
+      <c r="B87" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="C87" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="D87" s="5" t="n">
-        <v>0.044</v>
+      <c r="D87" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="E87" s="5" t="n">
-        <v>0.001</v>
+        <v>0.014</v>
       </c>
       <c r="F87" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G87" t="n">
         <v>3.6</v>
       </c>
       <c r="H87" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t xml:space="preserve">Stroometiket </t>
-[...11 lines deleted...]
-      <c r="E88" t="inlineStr"/>
+          <t xml:space="preserve">Zonne-energie </t>
+        </is>
+      </c>
+      <c r="B88" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C88" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D88" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>0.061</v>
+      </c>
       <c r="F88" s="7" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="G88" t="n">
         <v>3.6</v>
       </c>
       <c r="H88" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="89" ht="40" customHeight="1">
-      <c r="A89" s="1" t="inlineStr">
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Waterkracht </t>
+        </is>
+      </c>
+      <c r="B89" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C89" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D89" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="F89" s="7" t="inlineStr">
+        <is>
+          <t>kWh</t>
+        </is>
+      </c>
+      <c r="G89" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="H89" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Biomassa </t>
+        </is>
+      </c>
+      <c r="B90" s="5" t="n">
+        <v>0.044</v>
+      </c>
+      <c r="C90" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D90" s="5" t="n">
+        <v>0.044</v>
+      </c>
+      <c r="E90" s="5" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="F90" s="7" t="inlineStr">
+        <is>
+          <t>kWh</t>
+        </is>
+      </c>
+      <c r="G90" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="H90" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stroometiket </t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Variabel</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr"/>
+      <c r="D91" s="5" t="n">
+        <v>0.058</v>
+      </c>
+      <c r="E91" t="inlineStr"/>
+      <c r="F91" s="7" t="inlineStr">
+        <is>
+          <t>kWh</t>
+        </is>
+      </c>
+      <c r="G91" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="H91" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="40" customHeight="1">
+      <c r="A92" s="1" t="inlineStr">
         <is>
           <t>Warmtelevering</t>
         </is>
       </c>
     </row>
-    <row r="90">
-[...1 lines deleted...]
-      <c r="B90" s="4" t="inlineStr">
+    <row r="93">
+      <c r="A93" t="inlineStr"/>
+      <c r="B93" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
-      <c r="C90" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B91" s="4" t="inlineStr">
+      <c r="C93" t="inlineStr"/>
+      <c r="D93" t="inlineStr"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="4" t="n"/>
+      <c r="B94" s="4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
-      <c r="C91" s="4" t="inlineStr">
+      <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Productie-emissies</t>
         </is>
       </c>
-      <c r="D91" s="4" t="inlineStr">
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies</t>
         </is>
       </c>
-      <c r="E91" s="4" t="inlineStr">
+      <c r="E94" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F91" s="4" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G91" s="4" t="inlineStr">
+      <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
-    <row r="92">
-      <c r="A92" t="inlineStr">
+    <row r="95">
+      <c r="A95" t="inlineStr">
         <is>
           <t xml:space="preserve">Gemiddelde Warmtenetten </t>
         </is>
       </c>
-      <c r="B92" s="9" t="n">
+      <c r="B95" s="9" t="n">
         <v>26.84</v>
       </c>
-      <c r="C92" s="9" t="n">
+      <c r="C95" s="9" t="n">
         <v>23.4</v>
       </c>
-      <c r="D92" s="9" t="n">
+      <c r="D95" s="9" t="n">
         <v>3.44</v>
       </c>
-      <c r="E92" t="inlineStr"/>
-      <c r="F92" s="7" t="inlineStr">
+      <c r="E95" t="inlineStr"/>
+      <c r="F95" s="7" t="inlineStr">
         <is>
           <t>GJ</t>
         </is>
       </c>
-      <c r="G92" t="n">
+      <c r="G95" t="n">
         <v>1000</v>
       </c>
-      <c r="H92" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A93" t="inlineStr">
+      <c r="H95" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
         <is>
           <t xml:space="preserve">Restwarmte zonder bijstook </t>
         </is>
       </c>
-      <c r="B93" s="11" t="n">
+      <c r="B96" s="11" t="n">
         <v>8.800000000000001</v>
       </c>
-      <c r="C93" s="11" t="n">
+      <c r="C96" s="11" t="n">
         <v>7.9</v>
       </c>
-      <c r="D93" s="11" t="n">
+      <c r="D96" s="11" t="n">
         <v>0.9</v>
       </c>
-      <c r="E93" t="inlineStr"/>
-      <c r="F93" s="7" t="inlineStr">
+      <c r="E96" t="inlineStr"/>
+      <c r="F96" s="7" t="inlineStr">
         <is>
           <t>GJ</t>
         </is>
       </c>
-      <c r="G93" t="n">
+      <c r="G96" t="n">
         <v>1000</v>
       </c>
-      <c r="H93" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A94" s="1" t="inlineStr">
+      <c r="H96" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="40" customHeight="1">
+      <c r="A97" s="1" t="inlineStr">
         <is>
           <t>Koudemiddelen</t>
         </is>
       </c>
     </row>
-    <row r="95" ht="40" customHeight="1">
-      <c r="A95" s="3" t="inlineStr">
+    <row r="98" ht="40" customHeight="1">
+      <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Blends</t>
         </is>
       </c>
-      <c r="B95" s="4" t="inlineStr">
+      <c r="B98" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
-      </c>
-[...69 lines deleted...]
-        <v>1923</v>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
-      <c r="E98" s="6" t="n">
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="99">
-      <c r="A99" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A99" s="4" t="n"/>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E99" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G99" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t xml:space="preserve">R407f </t>
+          <t xml:space="preserve">R404a </t>
         </is>
       </c>
       <c r="B100" s="6" t="n">
-        <v>1674</v>
+        <v>3943</v>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" s="6" t="n">
-        <v>1825</v>
+        <v>3922</v>
       </c>
       <c r="F100" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t xml:space="preserve">R410a </t>
+          <t xml:space="preserve">R407a </t>
         </is>
       </c>
       <c r="B101" s="6" t="n">
-        <v>1924</v>
+        <v>1923</v>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" s="6" t="n">
-        <v>2088</v>
+        <v>2107</v>
       </c>
       <c r="F101" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t xml:space="preserve">R417a </t>
+          <t xml:space="preserve">R407c </t>
         </is>
       </c>
       <c r="B102" s="6" t="n">
-        <v>2127</v>
+        <v>1624</v>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" s="6" t="n">
-        <v>2346</v>
+        <v>1774</v>
       </c>
       <c r="F102" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t xml:space="preserve">R422d </t>
+          <t xml:space="preserve">R407f </t>
         </is>
       </c>
       <c r="B103" s="6" t="n">
-        <v>2473</v>
+        <v>1674</v>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" s="6" t="n">
-        <v>2729</v>
+        <v>1825</v>
       </c>
       <c r="F103" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t xml:space="preserve">R438a </t>
+          <t xml:space="preserve">R410a </t>
         </is>
       </c>
       <c r="B104" s="6" t="n">
-        <v>2059</v>
+        <v>1924</v>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" s="6" t="n">
-        <v>2265</v>
+        <v>2088</v>
       </c>
       <c r="F104" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t xml:space="preserve">R448a </t>
+          <t xml:space="preserve">R417a </t>
         </is>
       </c>
       <c r="B105" s="6" t="n">
-        <v>1273</v>
+        <v>2127</v>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" s="6" t="n">
-        <v>1387</v>
+        <v>2346</v>
       </c>
       <c r="F105" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t xml:space="preserve">R449a </t>
+          <t xml:space="preserve">R422d </t>
         </is>
       </c>
       <c r="B106" s="6" t="n">
-        <v>1282</v>
+        <v>2473</v>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" s="6" t="n">
-        <v>1397</v>
+        <v>2729</v>
       </c>
       <c r="F106" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t xml:space="preserve">R450a </t>
+          <t xml:space="preserve">R438a </t>
         </is>
       </c>
       <c r="B107" s="6" t="n">
-        <v>547</v>
+        <v>2059</v>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" s="6" t="n">
-        <v>601</v>
+        <v>2265</v>
       </c>
       <c r="F107" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t xml:space="preserve">R452a </t>
+          <t xml:space="preserve">R448a </t>
         </is>
       </c>
       <c r="B108" s="6" t="n">
-        <v>1945</v>
+        <v>1273</v>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" s="6" t="n">
-        <v>2140</v>
+        <v>1387</v>
       </c>
       <c r="F108" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t xml:space="preserve">R452b </t>
+          <t xml:space="preserve">R449a </t>
         </is>
       </c>
       <c r="B109" s="6" t="n">
-        <v>676</v>
+        <v>1282</v>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" s="6" t="n">
-        <v>698</v>
+        <v>1397</v>
       </c>
       <c r="F109" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t xml:space="preserve">R454c </t>
-[...2 lines deleted...]
-      <c r="B110" t="inlineStr"/>
+          <t xml:space="preserve">R450a </t>
+        </is>
+      </c>
+      <c r="B110" s="6" t="n">
+        <v>547</v>
+      </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
-      <c r="E110" t="inlineStr"/>
+      <c r="E110" s="6" t="n">
+        <v>601</v>
+      </c>
       <c r="F110" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t xml:space="preserve">R507 </t>
+          <t xml:space="preserve">R452a </t>
         </is>
       </c>
       <c r="B111" s="6" t="n">
-        <v>3985</v>
+        <v>1945</v>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" s="6" t="n">
-        <v>3985</v>
+        <v>2140</v>
       </c>
       <c r="F111" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t xml:space="preserve">R513a </t>
+          <t xml:space="preserve">R452b </t>
         </is>
       </c>
       <c r="B112" s="6" t="n">
-        <v>573</v>
+        <v>676</v>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" s="6" t="n">
-        <v>631</v>
+        <v>698</v>
       </c>
       <c r="F112" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="113" ht="40" customHeight="1">
-[...9 lines deleted...]
-      </c>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R454c </t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr"/>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
+      <c r="E113" t="inlineStr"/>
+      <c r="F113" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr"/>
+      <c r="H113" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="114">
-      <c r="A114" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A114" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R507 </t>
+        </is>
+      </c>
+      <c r="B114" s="6" t="n">
+        <v>3985</v>
+      </c>
+      <c r="C114" t="inlineStr"/>
+      <c r="D114" t="inlineStr"/>
+      <c r="E114" s="6" t="n">
+        <v>3985</v>
+      </c>
+      <c r="F114" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr"/>
+      <c r="H114" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>R1233zd (Z)</t>
-[...2 lines deleted...]
-      <c r="B115" t="inlineStr"/>
+          <t xml:space="preserve">R513a </t>
+        </is>
+      </c>
+      <c r="B115" s="6" t="n">
+        <v>573</v>
+      </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
-      <c r="E115" t="inlineStr"/>
+      <c r="E115" s="6" t="n">
+        <v>631</v>
+      </c>
       <c r="F115" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="116">
-[...6 lines deleted...]
-        <v>1760</v>
+    <row r="116" ht="40" customHeight="1">
+      <c r="A116" s="3" t="inlineStr">
+        <is>
+          <t>HCFK's</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
-      <c r="E116" s="6" t="n">
-[...2 lines deleted...]
-      <c r="F116" s="7" t="inlineStr">
+    </row>
+    <row r="117">
+      <c r="A117" s="4" t="n"/>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E117" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G117" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>R1233zd (Z)</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr"/>
+      <c r="C118" t="inlineStr"/>
+      <c r="D118" t="inlineStr"/>
+      <c r="E118" t="inlineStr"/>
+      <c r="F118" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
-      <c r="G116" t="inlineStr"/>
-[...49 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="G118" t="inlineStr"/>
+      <c r="H118" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t xml:space="preserve">1234yf </t>
+          <t xml:space="preserve">R22 </t>
         </is>
       </c>
       <c r="B119" s="6" t="n">
-        <v>1</v>
+        <v>1760</v>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
-      <c r="E119" t="inlineStr"/>
+      <c r="E119" s="6" t="n">
+        <v>1810</v>
+      </c>
       <c r="F119" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="120">
-[...6 lines deleted...]
-        <v>1</v>
+    <row r="120" ht="40" customHeight="1">
+      <c r="A120" s="3" t="inlineStr">
+        <is>
+          <t>HFC's</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
-      <c r="E120" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="121">
-      <c r="A121" t="inlineStr">
-[...20 lines deleted...]
-          <t>Link</t>
+      <c r="A121" s="4" t="n"/>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E121" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G121" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t xml:space="preserve">R134a </t>
+          <t xml:space="preserve">1234yf </t>
         </is>
       </c>
       <c r="B122" s="6" t="n">
-        <v>1300</v>
+        <v>1</v>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
-      <c r="E122" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E122" t="inlineStr"/>
       <c r="F122" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t xml:space="preserve">R143a </t>
+          <t>1234ze (Z)</t>
         </is>
       </c>
       <c r="B123" s="6" t="n">
-        <v>4800</v>
+        <v>1</v>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
-      <c r="E123" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E123" t="inlineStr"/>
       <c r="F123" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t xml:space="preserve">R23 </t>
+          <t xml:space="preserve">R125 </t>
         </is>
       </c>
       <c r="B124" s="6" t="n">
-        <v>12400</v>
+        <v>3170</v>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" s="6" t="n">
-        <v>14800</v>
+        <v>3500</v>
       </c>
       <c r="F124" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t xml:space="preserve">R245fa </t>
+          <t xml:space="preserve">R134a </t>
         </is>
       </c>
       <c r="B125" s="6" t="n">
-        <v>858</v>
+        <v>1300</v>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" s="6" t="n">
-        <v>1030</v>
+        <v>1430</v>
       </c>
       <c r="F125" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t xml:space="preserve">R32 </t>
+          <t xml:space="preserve">R143a </t>
         </is>
       </c>
       <c r="B126" s="6" t="n">
-        <v>677</v>
+        <v>4800</v>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" s="6" t="n">
-        <v>675</v>
+        <v>4470</v>
       </c>
       <c r="F126" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="127" ht="40" customHeight="1">
-[...8 lines deleted...]
-        </is>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R23 </t>
+        </is>
+      </c>
+      <c r="B127" s="6" t="n">
+        <v>12400</v>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
+      <c r="E127" s="6" t="n">
+        <v>14800</v>
+      </c>
+      <c r="F127" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr"/>
+      <c r="H127" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="128">
-      <c r="A128" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A128" t="inlineStr">
+        <is>
+          <t xml:space="preserve">R245fa </t>
+        </is>
+      </c>
+      <c r="B128" s="6" t="n">
+        <v>858</v>
+      </c>
+      <c r="C128" t="inlineStr"/>
+      <c r="D128" t="inlineStr"/>
+      <c r="E128" s="6" t="n">
+        <v>1030</v>
+      </c>
+      <c r="F128" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr"/>
+      <c r="H128" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>R290 Propaan</t>
+          <t xml:space="preserve">R32 </t>
         </is>
       </c>
       <c r="B129" s="6" t="n">
-        <v>3</v>
+        <v>677</v>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
-      <c r="E129" t="inlineStr"/>
+      <c r="E129" s="6" t="n">
+        <v>675</v>
+      </c>
       <c r="F129" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="130">
-[...6 lines deleted...]
-        <v>4</v>
+    <row r="130" ht="40" customHeight="1">
+      <c r="A130" s="3" t="inlineStr">
+        <is>
+          <t>Overige koudemiddelen</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
-      <c r="E130" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="131">
-      <c r="A131" t="inlineStr">
-[...18 lines deleted...]
-          <t>Link</t>
+      <c r="A131" s="4" t="n"/>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E131" s="4" t="inlineStr">
+        <is>
+          <t>Montreal Protocol (AR4)</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G131" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>R601a isopentaan</t>
+          <t>R290 Propaan</t>
         </is>
       </c>
       <c r="B132" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr"/>
       <c r="F132" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>R717 ammoniak</t>
+          <t>R600 Butaan</t>
         </is>
       </c>
       <c r="B133" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr"/>
       <c r="F133" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>R744 CO2</t>
+          <t>R600a isobutaan</t>
         </is>
       </c>
       <c r="B134" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr"/>
       <c r="F134" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="135" ht="40" customHeight="1">
-[...2 lines deleted...]
-          <t>Overige Emissies</t>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>R601a isopentaan</t>
+        </is>
+      </c>
+      <c r="B135" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="C135" t="inlineStr"/>
+      <c r="D135" t="inlineStr"/>
+      <c r="E135" t="inlineStr"/>
+      <c r="F135" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr"/>
+      <c r="H135" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="136">
-      <c r="A136" t="inlineStr"/>
-[...3 lines deleted...]
-        </is>
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>R717 ammoniak</t>
+        </is>
+      </c>
+      <c r="B136" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
+      <c r="E136" t="inlineStr"/>
+      <c r="F136" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr"/>
+      <c r="H136" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="137">
-      <c r="A137" s="4" t="n"/>
-[...43 lines deleted...]
-      <c r="F138" s="7" t="inlineStr">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>R744 CO2</t>
+        </is>
+      </c>
+      <c r="B137" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="C137" t="inlineStr"/>
+      <c r="D137" t="inlineStr"/>
+      <c r="E137" t="inlineStr"/>
+      <c r="F137" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
-      <c r="G138" t="inlineStr"/>
-[...2 lines deleted...]
-          <t>Link</t>
+      <c r="G137" t="inlineStr"/>
+      <c r="H137" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" ht="40" customHeight="1">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>Overige Emissies</t>
         </is>
       </c>
     </row>
     <row r="139">
-      <c r="A139" t="inlineStr">
-[...5 lines deleted...]
-        <v>28</v>
+      <c r="A139" t="inlineStr"/>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
-      <c r="E139" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="140">
-      <c r="A140" t="inlineStr">
-[...18 lines deleted...]
-          <t>Link</t>
+      <c r="A140" s="4" t="n"/>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E140" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G140" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zwavel Hexafluoride (SF6) </t>
+          <t xml:space="preserve">Lachgas (N2O) </t>
         </is>
       </c>
       <c r="B141" s="6" t="n">
-        <v>23500</v>
+        <v>265</v>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr"/>
       <c r="F141" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="142" ht="40" customHeight="1">
-[...8 lines deleted...]
-        </is>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>Methaan (CH4) niet fossiel</t>
+        </is>
+      </c>
+      <c r="B142" s="6" t="n">
+        <v>28</v>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
+      <c r="E142" t="inlineStr"/>
+      <c r="F142" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr"/>
+      <c r="H142" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="143">
-      <c r="A143" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A143" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stikstof trifluoride (NF3) </t>
+        </is>
+      </c>
+      <c r="B143" s="6" t="n">
+        <v>16100</v>
+      </c>
+      <c r="C143" t="inlineStr"/>
+      <c r="D143" t="inlineStr"/>
+      <c r="E143" t="inlineStr"/>
+      <c r="F143" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr"/>
+      <c r="H143" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>Desfluraan (HFE-236ea2)</t>
+          <t xml:space="preserve">Zwavel Hexafluoride (SF6) </t>
         </is>
       </c>
       <c r="B144" s="6" t="n">
-        <v>1790</v>
+        <v>23500</v>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr"/>
       <c r="F144" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="145">
-[...6 lines deleted...]
-        <v>491</v>
+    <row r="145" ht="40" customHeight="1">
+      <c r="A145" s="3" t="inlineStr">
+        <is>
+          <t>Anesthesiegassen</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
-      <c r="E145" t="inlineStr"/>
-      <c r="F145" s="7" t="inlineStr">
+    </row>
+    <row r="146">
+      <c r="A146" s="4" t="n"/>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>GWP100</t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E146" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G146" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>Desfluraan (HFE-236ea2)</t>
+        </is>
+      </c>
+      <c r="B147" s="6" t="n">
+        <v>1790</v>
+      </c>
+      <c r="C147" t="inlineStr"/>
+      <c r="D147" t="inlineStr"/>
+      <c r="E147" t="inlineStr"/>
+      <c r="F147" s="7" t="inlineStr">
         <is>
           <t>kg</t>
         </is>
       </c>
-      <c r="G145" t="inlineStr"/>
-[...46 lines deleted...]
-        </is>
+      <c r="G147" t="inlineStr"/>
+      <c r="H147" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>Isofluraan (HCFE-235da2)</t>
+        </is>
+      </c>
+      <c r="B148" s="6" t="n">
+        <v>491</v>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
+      <c r="E148" t="inlineStr"/>
+      <c r="F148" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr"/>
+      <c r="H148" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="149">
-      <c r="A149" s="4" t="n"/>
-      <c r="B149" s="4" t="inlineStr">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>Sevofluraan (HFE-347mmz1)</t>
+        </is>
+      </c>
+      <c r="B149" s="6" t="n">
+        <v>216</v>
+      </c>
+      <c r="C149" t="inlineStr"/>
+      <c r="D149" t="inlineStr"/>
+      <c r="E149" t="inlineStr"/>
+      <c r="F149" s="7" t="inlineStr">
+        <is>
+          <t>kg</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr"/>
+      <c r="H149" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" ht="40" customHeight="1">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>Personenvervoer</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" ht="40" customHeight="1">
+      <c r="A151" s="3" t="inlineStr">
+        <is>
+          <t>Auto</t>
+        </is>
+      </c>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr"/>
+      <c r="D151" t="inlineStr"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="4" t="n"/>
+      <c r="B152" s="4" t="inlineStr">
         <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
-      <c r="C149" s="4" t="inlineStr">
+      <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
-      <c r="D149" s="4" t="inlineStr">
+      <c r="D152" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies (WTT)</t>
         </is>
       </c>
-      <c r="E149" s="4" t="inlineStr">
+      <c r="E152" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
-      <c r="F149" s="4" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
-      <c r="G149" s="4" t="inlineStr">
+      <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
-        </is>
-[...88 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>LPG Middel</t>
+          <t>Gemiddelde auto Brandstofsoort onbekend</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>0.152</v>
+        <v>0.193</v>
       </c>
       <c r="C153" s="5" t="n">
-        <v>0.138</v>
+        <v>0.145</v>
       </c>
       <c r="D153" s="5" t="n">
-        <v>0.014</v>
+        <v>0.049</v>
       </c>
       <c r="E153" t="inlineStr"/>
       <c r="F153" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G153" t="n">
-        <v>2.47</v>
+        <v>2.19</v>
       </c>
       <c r="H153" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>CNG/Aardgas Middel</t>
+          <t>Benzine Middel</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>0.136</v>
+        <v>0.204</v>
       </c>
       <c r="C154" s="5" t="n">
-        <v>0.118</v>
+        <v>0.157</v>
       </c>
       <c r="D154" s="5" t="n">
-        <v>0.018</v>
+        <v>0.047</v>
       </c>
       <c r="E154" t="inlineStr"/>
       <c r="F154" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G154" t="n">
-        <v>2.86</v>
+        <v>2.21</v>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>Bio-CNG Gemiddeld</t>
+          <t>Diesel Middel</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>0.054</v>
+        <v>0.18</v>
       </c>
       <c r="C155" s="5" t="n">
-        <v>0.007</v>
+        <v>0.136</v>
       </c>
       <c r="D155" s="5" t="n">
-        <v>0.047</v>
+        <v>0.043</v>
       </c>
       <c r="E155" t="inlineStr"/>
       <c r="F155" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G155" t="n">
-        <v>2.86</v>
+        <v>2.28</v>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>Bio-ethanol (E85) Gemiddeld</t>
+          <t>LPG Middel</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>0.091</v>
+        <v>0.152</v>
       </c>
       <c r="C156" s="5" t="n">
-        <v>0.038</v>
+        <v>0.138</v>
       </c>
       <c r="D156" s="5" t="n">
-        <v>0.053</v>
+        <v>0.014</v>
       </c>
       <c r="E156" t="inlineStr"/>
       <c r="F156" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G156" t="n">
-        <v>2.2</v>
+        <v>2.47</v>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>Benzine Plug-in hybride (PHEV)</t>
+          <t>CNG/Aardgas Middel</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>0.128</v>
-[...2 lines deleted...]
-      <c r="D157" t="inlineStr"/>
+        <v>0.136</v>
+      </c>
+      <c r="C157" s="5" t="n">
+        <v>0.118</v>
+      </c>
+      <c r="D157" s="5" t="n">
+        <v>0.018</v>
+      </c>
       <c r="E157" t="inlineStr"/>
       <c r="F157" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G157" t="n">
-        <v>1.61</v>
+        <v>2.86</v>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>Biodiesel HVO 100% Gemiddeld</t>
+          <t>Bio-CNG Gemiddeld</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>0.018</v>
+        <v>0.054</v>
       </c>
       <c r="C158" s="5" t="n">
-        <v>0.002</v>
+        <v>0.007</v>
       </c>
       <c r="D158" s="5" t="n">
-        <v>0.016</v>
+        <v>0.047</v>
       </c>
       <c r="E158" t="inlineStr"/>
       <c r="F158" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G158" t="n">
-        <v>2.28</v>
+        <v>2.86</v>
       </c>
       <c r="H158" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>Elektrisch Gemiddelde stroommix</t>
+          <t>Bio-ethanol (E85) Gemiddeld</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>0.08500000000000001</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0.091</v>
+      </c>
+      <c r="C159" s="5" t="n">
+        <v>0.038</v>
       </c>
       <c r="D159" s="5" t="n">
-        <v>0.08500000000000001</v>
+        <v>0.053</v>
       </c>
       <c r="E159" t="inlineStr"/>
       <c r="F159" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G159" t="n">
-        <v>0.83</v>
+        <v>2.2</v>
       </c>
       <c r="H159" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>Elektrisch Groene stroom</t>
+          <t>Benzine Plug-in hybride (PHEV)</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>0.003</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.128</v>
+      </c>
+      <c r="C160" t="inlineStr"/>
+      <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr"/>
       <c r="F160" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G160" t="n">
-        <v>0.83</v>
+        <v>1.61</v>
       </c>
       <c r="H160" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>Elektrisch Grijze stroom</t>
+          <t>Biodiesel HVO 100% Gemiddeld</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>0.104</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0.018</v>
+      </c>
+      <c r="C161" s="5" t="n">
+        <v>0.002</v>
       </c>
       <c r="D161" s="5" t="n">
-        <v>0.104</v>
+        <v>0.016</v>
       </c>
       <c r="E161" t="inlineStr"/>
       <c r="F161" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G161" t="n">
-        <v>0.83</v>
+        <v>2.28</v>
       </c>
       <c r="H161" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>Waterstof grijs Gemiddeld</t>
+          <t>Elektrisch Gemiddelde stroommix</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>0.112</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="C162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D162" s="5" t="n">
-        <v>0.112</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="E162" t="inlineStr"/>
       <c r="F162" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G162" t="n">
-        <v>1.24</v>
+        <v>0.83</v>
       </c>
       <c r="H162" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>Waterstof groen Gemiddeld</t>
+          <t>Elektrisch Groene stroom</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>0.007</v>
+        <v>0.003</v>
       </c>
       <c r="C163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D163" s="5" t="n">
-        <v>0.007</v>
+        <v>0.003</v>
       </c>
       <c r="E163" t="inlineStr"/>
       <c r="F163" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G163" t="n">
-        <v>1.24</v>
+        <v>0.83</v>
       </c>
       <c r="H163" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>Benzine Klein</t>
+          <t>Elektrisch Grijze stroom</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>0.174</v>
-[...2 lines deleted...]
-        <v>0.134</v>
+        <v>0.104</v>
+      </c>
+      <c r="C164" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D164" s="5" t="n">
-        <v>0.04</v>
+        <v>0.104</v>
       </c>
       <c r="E164" t="inlineStr"/>
       <c r="F164" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G164" t="inlineStr"/>
+      <c r="G164" t="n">
+        <v>0.83</v>
+      </c>
       <c r="H164" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>Benzine Groot</t>
+          <t>Waterstof grijs Gemiddeld</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>0.218</v>
-[...2 lines deleted...]
-        <v>0.167</v>
+        <v>0.112</v>
+      </c>
+      <c r="C165" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D165" s="5" t="n">
-        <v>0.05</v>
+        <v>0.112</v>
       </c>
       <c r="E165" t="inlineStr"/>
       <c r="F165" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G165" t="inlineStr"/>
+      <c r="G165" t="n">
+        <v>1.24</v>
+      </c>
       <c r="H165" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>Benzine Hybride</t>
+          <t>Waterstof groen Gemiddeld</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>0.144</v>
-[...2 lines deleted...]
-        <v>0.111</v>
+        <v>0.007</v>
+      </c>
+      <c r="C166" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D166" s="5" t="n">
-        <v>0.033</v>
+        <v>0.007</v>
       </c>
       <c r="E166" t="inlineStr"/>
       <c r="F166" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
-      <c r="G166" t="inlineStr"/>
+      <c r="G166" t="n">
+        <v>1.24</v>
+      </c>
       <c r="H166" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>Diesel Klein</t>
+          <t>Benzine Klein</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>0.166</v>
+        <v>0.174</v>
       </c>
       <c r="C167" s="5" t="n">
-        <v>0.126</v>
+        <v>0.134</v>
       </c>
       <c r="D167" s="5" t="n">
         <v>0.04</v>
       </c>
       <c r="E167" t="inlineStr"/>
       <c r="F167" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>Diesel Groot</t>
+          <t>Benzine Groot</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>0.203</v>
+        <v>0.218</v>
       </c>
       <c r="C168" s="5" t="n">
-        <v>0.154</v>
+        <v>0.167</v>
       </c>
       <c r="D168" s="5" t="n">
-        <v>0.049</v>
+        <v>0.05</v>
       </c>
       <c r="E168" t="inlineStr"/>
       <c r="F168" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>Diesel Hybride</t>
+          <t>Benzine Hybride</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>0.15</v>
+        <v>0.144</v>
       </c>
       <c r="C169" s="5" t="n">
-        <v>0.115</v>
+        <v>0.111</v>
       </c>
       <c r="D169" s="5" t="n">
-        <v>0.035</v>
+        <v>0.033</v>
       </c>
       <c r="E169" t="inlineStr"/>
       <c r="F169" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>LPG Klein</t>
+          <t>Diesel Klein</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>0.145</v>
+        <v>0.166</v>
       </c>
       <c r="C170" s="5" t="n">
-        <v>0.132</v>
+        <v>0.126</v>
       </c>
       <c r="D170" s="5" t="n">
-        <v>0.013</v>
+        <v>0.04</v>
       </c>
       <c r="E170" t="inlineStr"/>
       <c r="F170" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>LPG Groot</t>
+          <t>Diesel Groot</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>0.184</v>
+        <v>0.203</v>
       </c>
       <c r="C171" s="5" t="n">
-        <v>0.164</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>0.154</v>
+      </c>
+      <c r="D171" s="5" t="n">
+        <v>0.049</v>
       </c>
       <c r="E171" t="inlineStr"/>
       <c r="F171" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>Biodiesel FAME 100% Gemiddeld</t>
+          <t>Diesel Hybride</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>0.027</v>
+        <v>0.15</v>
       </c>
       <c r="C172" s="5" t="n">
-        <v>0.002</v>
+        <v>0.115</v>
       </c>
       <c r="D172" s="5" t="n">
-        <v>0.025</v>
+        <v>0.035</v>
       </c>
       <c r="E172" t="inlineStr"/>
       <c r="F172" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>CNG/Aardgas Klein</t>
+          <t>LPG Klein</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>0.129</v>
+        <v>0.145</v>
       </c>
       <c r="C173" s="5" t="n">
-        <v>0.112</v>
+        <v>0.132</v>
       </c>
       <c r="D173" s="5" t="n">
-        <v>0.017</v>
+        <v>0.013</v>
       </c>
       <c r="E173" t="inlineStr"/>
       <c r="F173" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>CNG/Aardgas Groot</t>
+          <t>LPG Groot</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>0.17</v>
+        <v>0.184</v>
       </c>
       <c r="C174" s="5" t="n">
-        <v>0.147</v>
-[...2 lines deleted...]
-        <v>0.023</v>
+        <v>0.164</v>
+      </c>
+      <c r="D174" s="9" t="n">
+        <v>0.02</v>
       </c>
       <c r="E174" t="inlineStr"/>
       <c r="F174" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="175" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D175" t="inlineStr"/>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>Biodiesel FAME 100% Gemiddeld</t>
+        </is>
+      </c>
+      <c r="B175" s="5" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="C175" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="D175" s="5" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="E175" t="inlineStr"/>
+      <c r="F175" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr"/>
+      <c r="H175" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="176">
-      <c r="A176" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>CNG/Aardgas Klein</t>
+        </is>
+      </c>
+      <c r="B176" s="5" t="n">
+        <v>0.129</v>
+      </c>
+      <c r="C176" s="5" t="n">
+        <v>0.112</v>
+      </c>
+      <c r="D176" s="5" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="E176" t="inlineStr"/>
+      <c r="F176" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr"/>
+      <c r="H176" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>OV algemeen (trein, bus, metro, tram)</t>
+          <t>CNG/Aardgas Groot</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>0.015</v>
+        <v>0.17</v>
       </c>
       <c r="C177" s="5" t="n">
-        <v>0.011</v>
+        <v>0.147</v>
       </c>
       <c r="D177" s="5" t="n">
-        <v>0.004</v>
+        <v>0.023</v>
       </c>
       <c r="E177" t="inlineStr"/>
       <c r="F177" s="7" t="inlineStr">
         <is>
-          <t>reizigerskilometer</t>
-[...4 lines deleted...]
-      </c>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr"/>
       <c r="H177" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="178">
-[...27 lines deleted...]
-      </c>
+    <row r="178" ht="40" customHeight="1">
+      <c r="A178" s="3" t="inlineStr">
+        <is>
+          <t>Openbaar vervoer</t>
+        </is>
+      </c>
+      <c r="B178" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr"/>
+      <c r="D178" t="inlineStr"/>
     </row>
     <row r="179">
-      <c r="A179" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A179" s="4" t="n"/>
+      <c r="B179" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E179" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G179" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>Trein (elektrisch, groene stroom)</t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>OV algemeen (trein, bus, metro, tram)</t>
+        </is>
+      </c>
+      <c r="B180" s="5" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="C180" s="5" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="D180" s="5" t="n">
+        <v>0.004</v>
       </c>
       <c r="E180" t="inlineStr"/>
       <c r="F180" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G180" t="n">
-        <v>0.14</v>
+        <v>0.45</v>
       </c>
       <c r="H180" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>Trein (diesel)</t>
-[...4 lines deleted...]
-      <c r="D181" t="inlineStr"/>
+          <t>Bus, Tram, Metro gemiddelde</t>
+        </is>
+      </c>
+      <c r="B181" s="5" t="n">
+        <v>0.07099999999999999</v>
+      </c>
+      <c r="C181" s="5" t="n">
+        <v>0.052</v>
+      </c>
+      <c r="D181" s="5" t="n">
+        <v>0.019</v>
+      </c>
       <c r="E181" t="inlineStr"/>
       <c r="F181" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G181" t="n">
-        <v>0.93</v>
+        <v>1.15</v>
       </c>
       <c r="H181" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>Trein (internationaal, gemiddelde stroommix)</t>
+          <t>Trein (gemiddelde/ type onbekend)</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>0.026</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0.003</v>
+      </c>
+      <c r="C182" s="5" t="n">
+        <v>0.002</v>
       </c>
       <c r="D182" s="5" t="n">
-        <v>0.026</v>
+        <v>0.001</v>
       </c>
       <c r="E182" t="inlineStr"/>
       <c r="F182" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G182" t="n">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="H182" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>Bus (gemiddeld brandstof onbekend)</t>
-[...6 lines deleted...]
-      <c r="D183" t="inlineStr"/>
+          <t>Trein (elektrisch)</t>
+        </is>
+      </c>
+      <c r="B183" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C183" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D183" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E183" t="inlineStr"/>
       <c r="F183" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G183" t="n">
-        <v>1.43</v>
+        <v>0.14</v>
       </c>
       <c r="H183" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>Bus (diesel)</t>
-[...10 lines deleted...]
-      </c>
+          <t>Trein (diesel)</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr"/>
+      <c r="C184" t="inlineStr"/>
+      <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr"/>
       <c r="F184" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G184" t="n">
-        <v>1.41</v>
+        <v>0.93</v>
       </c>
       <c r="H184" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>Bus (biodiesel, HVO100)</t>
-[...4 lines deleted...]
-      <c r="D185" t="inlineStr"/>
+          <t>Trein (internationaal)</t>
+        </is>
+      </c>
+      <c r="B185" s="5" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="C185" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D185" s="5" t="n">
+        <v>0.026</v>
+      </c>
       <c r="E185" t="inlineStr"/>
       <c r="F185" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
-      <c r="G185" t="inlineStr"/>
+      <c r="G185" t="n">
+        <v>0.18</v>
+      </c>
       <c r="H185" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>Bus (groengas)</t>
+          <t>Bus (gemiddeld brandstof onbekend)</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>0.055</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.103</v>
+      </c>
+      <c r="C186" t="inlineStr"/>
+      <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr"/>
       <c r="F186" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G186" t="n">
-        <v>1.79</v>
+        <v>1.43</v>
       </c>
       <c r="H186" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>Bus (elektrisch, groene stroom)</t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>Bus (diesel)</t>
+        </is>
+      </c>
+      <c r="B187" s="5" t="n">
+        <v>0.129</v>
+      </c>
+      <c r="C187" s="5" t="n">
+        <v>0.098</v>
+      </c>
+      <c r="D187" s="5" t="n">
+        <v>0.031</v>
       </c>
       <c r="E187" t="inlineStr"/>
       <c r="F187" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G187" t="n">
-        <v>0.57</v>
+        <v>1.41</v>
       </c>
       <c r="H187" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>Bus (brandstofcel/waterstof)</t>
-[...10 lines deleted...]
-      </c>
+          <t>Bus (biodiesel, HVO100)</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr"/>
+      <c r="C188" t="inlineStr"/>
+      <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr"/>
       <c r="F188" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
-      <c r="G188" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G188" t="inlineStr"/>
       <c r="H188" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>Metro (groene stroom)</t>
-[...9 lines deleted...]
-        <v>0</v>
+          <t>Bus (groengas)</t>
+        </is>
+      </c>
+      <c r="B189" s="5" t="n">
+        <v>0.055</v>
+      </c>
+      <c r="C189" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="D189" s="5" t="n">
+        <v>0.048</v>
       </c>
       <c r="E189" t="inlineStr"/>
       <c r="F189" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G189" t="n">
-        <v>0.44</v>
+        <v>1.79</v>
       </c>
       <c r="H189" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>Tram (groene stroom)</t>
+          <t>Bus (elektrisch, groene stroom)</t>
         </is>
       </c>
       <c r="B190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="C190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E190" t="inlineStr"/>
       <c r="F190" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G190" t="n">
-        <v>0.68</v>
+        <v>0.57</v>
       </c>
       <c r="H190" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="191" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D191" t="inlineStr"/>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>Bus (brandstofcel/waterstof)</t>
+        </is>
+      </c>
+      <c r="B191" s="5" t="n">
+        <v>0.116</v>
+      </c>
+      <c r="C191" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D191" s="5" t="n">
+        <v>0.116</v>
+      </c>
+      <c r="E191" t="inlineStr"/>
+      <c r="F191" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G191" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="H191" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="192">
-      <c r="A192" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>Metro (groene stroom)</t>
+        </is>
+      </c>
+      <c r="B192" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C192" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D192" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E192" t="inlineStr"/>
+      <c r="F192" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G192" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="H192" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>Diesel (reizigerskilometer)</t>
-[...9 lines deleted...]
-        <v>0.006</v>
+          <t>Tram (groene stroom)</t>
+        </is>
+      </c>
+      <c r="B193" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="C193" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="D193" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="E193" t="inlineStr"/>
       <c r="F193" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G193" t="n">
-        <v>0.2</v>
+        <v>0.68</v>
       </c>
       <c r="H193" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="194">
-[...5 lines deleted...]
-      <c r="B194" t="inlineStr"/>
+    <row r="194" ht="40" customHeight="1">
+      <c r="A194" s="3" t="inlineStr">
+        <is>
+          <t>Touringcar</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
-      <c r="E194" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="195">
-      <c r="A195" t="inlineStr">
-[...16 lines deleted...]
-          <t>Link</t>
+      <c r="A195" s="4" t="n"/>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E195" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G195" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t xml:space="preserve">Diesel </t>
+          <t>Diesel (reizigerskilometer)</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>1.043</v>
+        <v>0.033</v>
       </c>
       <c r="C196" s="5" t="n">
-        <v>0.853</v>
-[...2 lines deleted...]
-        <v>0.19</v>
+        <v>0.027</v>
+      </c>
+      <c r="D196" s="5" t="n">
+        <v>0.006</v>
       </c>
       <c r="E196" t="inlineStr"/>
       <c r="F196" s="7" t="inlineStr">
         <is>
-          <t>voertuigkilometer</t>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G196" t="n">
-        <v>9.65</v>
+        <v>0.2</v>
       </c>
       <c r="H196" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t xml:space="preserve">HVO 100/biodiesel </t>
+          <t>HVO 100/biodiesel (reizigerskilometer)</t>
         </is>
       </c>
       <c r="B197" t="inlineStr"/>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr"/>
       <c r="F197" s="7" t="inlineStr">
         <is>
-          <t>voertuigkilometer</t>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t xml:space="preserve">Batterij/elektrisch </t>
+          <t>Batterij/elektrisch (reizigerskilometer)</t>
         </is>
       </c>
       <c r="B198" t="inlineStr"/>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr"/>
       <c r="F198" s="7" t="inlineStr">
         <is>
-          <t>voertuigkilometer</t>
+          <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="199" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D199" t="inlineStr"/>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Diesel </t>
+        </is>
+      </c>
+      <c r="B199" s="5" t="n">
+        <v>1.043</v>
+      </c>
+      <c r="C199" s="5" t="n">
+        <v>0.853</v>
+      </c>
+      <c r="D199" s="9" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="E199" t="inlineStr"/>
+      <c r="F199" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G199" t="n">
+        <v>9.65</v>
+      </c>
+      <c r="H199" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="200">
-      <c r="A200" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A200" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HVO 100/biodiesel </t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr"/>
+      <c r="C200" t="inlineStr"/>
+      <c r="D200" t="inlineStr"/>
+      <c r="E200" t="inlineStr"/>
+      <c r="F200" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr"/>
+      <c r="H200" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>Fiets (elektrisch, gemiddelde stroommix)</t>
+          <t xml:space="preserve">Batterij/elektrisch </t>
         </is>
       </c>
       <c r="B201" t="inlineStr"/>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr"/>
       <c r="F201" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="202">
-[...5 lines deleted...]
-      <c r="B202" t="inlineStr"/>
+    <row r="202" ht="40" customHeight="1">
+      <c r="A202" s="3" t="inlineStr">
+        <is>
+          <t>Tweewielers</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
-      <c r="E202" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="203">
-      <c r="A203" t="inlineStr">
-[...16 lines deleted...]
-          <t>Link</t>
+      <c r="A203" s="4" t="n"/>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E203" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G203" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>Motor (gemiddeld / benzine)</t>
+          <t>Fiets (elektrisch, gemiddelde stroommix)</t>
         </is>
       </c>
       <c r="B204" t="inlineStr"/>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr"/>
       <c r="F204" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>Motor (elektrisch, gemiddelde stroommix)</t>
+          <t>Bromfiets (gemiddeld)</t>
         </is>
       </c>
       <c r="B205" t="inlineStr"/>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr"/>
       <c r="F205" s="7" t="inlineStr">
         <is>
           <t>voertuigkilometer</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="206" ht="40" customHeight="1">
-[...9 lines deleted...]
-      </c>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>Bromfiets (elektrisch, gemiddelde stroommix)</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr"/>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
+      <c r="E206" t="inlineStr"/>
+      <c r="F206" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
+      <c r="H206" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="207">
-      <c r="A207" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>Motor (gemiddeld / benzine)</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr"/>
+      <c r="C207" t="inlineStr"/>
+      <c r="D207" t="inlineStr"/>
+      <c r="E207" t="inlineStr"/>
+      <c r="F207" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr"/>
+      <c r="H207" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>Gemiddelde (alle afstanden)</t>
-[...10 lines deleted...]
-      </c>
+          <t>Motor (elektrisch, gemiddelde stroommix)</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr"/>
+      <c r="C208" t="inlineStr"/>
+      <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr"/>
       <c r="F208" s="7" t="inlineStr">
         <is>
-          <t>reizigerskilometer</t>
-[...4 lines deleted...]
-      </c>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr"/>
       <c r="H208" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="209">
-[...27 lines deleted...]
-      </c>
+    <row r="209" ht="40" customHeight="1">
+      <c r="A209" s="3" t="inlineStr">
+        <is>
+          <t>Vliegtuig</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr"/>
+      <c r="D209" t="inlineStr"/>
     </row>
     <row r="210">
-      <c r="A210" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A210" s="4" t="n"/>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E210" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G210" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>Intercontinentaal (&gt; 2.500 km)</t>
+          <t>Gemiddelde (alle afstanden)</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>0.157</v>
-[...2 lines deleted...]
-        <v>0.14</v>
+        <v>0.182</v>
+      </c>
+      <c r="C211" s="9" t="n">
+        <v>0.16</v>
       </c>
       <c r="D211" s="5" t="n">
-        <v>0.018</v>
+        <v>0.022</v>
       </c>
       <c r="E211" t="inlineStr"/>
       <c r="F211" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
       <c r="G211" t="n">
-        <v>0.93</v>
+        <v>1.03</v>
       </c>
       <c r="H211" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="212" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D212" t="inlineStr"/>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>Regionaal (&lt;700 km)</t>
+        </is>
+      </c>
+      <c r="B212" s="5" t="n">
+        <v>0.234</v>
+      </c>
+      <c r="C212" s="5" t="n">
+        <v>0.202</v>
+      </c>
+      <c r="D212" s="5" t="n">
+        <v>0.032</v>
+      </c>
+      <c r="E212" t="inlineStr"/>
+      <c r="F212" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G212" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="H212" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="213">
-      <c r="A213" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>Europees (700 - 2.500 km)</t>
+        </is>
+      </c>
+      <c r="B213" s="5" t="n">
+        <v>0.172</v>
+      </c>
+      <c r="C213" s="5" t="n">
+        <v>0.152</v>
+      </c>
+      <c r="D213" s="5" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="E213" t="inlineStr"/>
+      <c r="F213" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G213" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="H213" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>Gemiddeld (reizigerskilometer)</t>
-[...4 lines deleted...]
-      <c r="D214" t="inlineStr"/>
+          <t>Intercontinentaal (&gt; 2.500 km)</t>
+        </is>
+      </c>
+      <c r="B214" s="5" t="n">
+        <v>0.157</v>
+      </c>
+      <c r="C214" s="5" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="D214" s="5" t="n">
+        <v>0.018</v>
+      </c>
       <c r="E214" t="inlineStr"/>
       <c r="F214" s="7" t="inlineStr">
         <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
-      <c r="G214" t="inlineStr"/>
+      <c r="G214" t="n">
+        <v>0.93</v>
+      </c>
       <c r="H214" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="215">
-[...5 lines deleted...]
-      <c r="B215" t="inlineStr"/>
+    <row r="215" ht="40" customHeight="1">
+      <c r="A215" s="3" t="inlineStr">
+        <is>
+          <t>Minibus (max. 8 personen)</t>
+        </is>
+      </c>
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
-      <c r="E215" t="inlineStr"/>
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="216">
-      <c r="A216" t="inlineStr">
-[...38 lines deleted...]
-      </c>
+      <c r="A216" s="4" t="n"/>
+      <c r="B216" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E216" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G216" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>Gemiddeld (reizigerskilometer)</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr"/>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
+      <c r="E217" t="inlineStr"/>
+      <c r="F217" s="7" t="inlineStr">
+        <is>
+          <t>reizigerskilometer</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr"/>
+      <c r="H217" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="218">
-      <c r="A218" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>Batterij/Elektrisch Gemiddelde stroommix</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr"/>
+      <c r="C218" t="inlineStr"/>
+      <c r="D218" t="inlineStr"/>
+      <c r="E218" t="inlineStr"/>
+      <c r="F218" s="7" t="inlineStr">
+        <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr"/>
+      <c r="H218" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t xml:space="preserve">Gemiddeld </t>
-[...4 lines deleted...]
-      <c r="D219" t="inlineStr"/>
+          <t xml:space="preserve">Diesel </t>
+        </is>
+      </c>
+      <c r="B219" s="5" t="n">
+        <v>0.298</v>
+      </c>
+      <c r="C219" s="5" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="D219" s="5" t="n">
+        <v>0.058</v>
+      </c>
       <c r="E219" t="inlineStr"/>
       <c r="F219" s="7" t="inlineStr">
         <is>
+          <t>voertuigkilometer</t>
+        </is>
+      </c>
+      <c r="G219" t="n">
+        <v>3.18</v>
+      </c>
+      <c r="H219" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" ht="40" customHeight="1">
+      <c r="A220" s="3" t="inlineStr">
+        <is>
+          <t>Veerboot</t>
+        </is>
+      </c>
+      <c r="B220" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr"/>
+      <c r="D220" t="inlineStr"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="4" t="n"/>
+      <c r="B221" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E221" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G221" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Gemiddeld </t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr"/>
+      <c r="C222" t="inlineStr"/>
+      <c r="D222" t="inlineStr"/>
+      <c r="E222" t="inlineStr"/>
+      <c r="F222" s="7" t="inlineStr">
+        <is>
           <t>reizigerskilometer</t>
         </is>
       </c>
-      <c r="G219" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="A220" s="1" t="inlineStr">
+      <c r="G222" t="inlineStr"/>
+      <c r="H222" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" ht="40" customHeight="1">
+      <c r="A223" s="1" t="inlineStr">
         <is>
           <t>Goederenvervoer</t>
-        </is>
-[...75 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="224" ht="40" customHeight="1">
       <c r="A224" s="3" t="inlineStr">
         <is>
-          <t>Bulk- en stukgoederen - Watervervoer</t>
+          <t>Bulk- en stukgoederen - Luchtvracht</t>
         </is>
       </c>
       <c r="B224" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" s="4" t="n"/>
       <c r="B225" s="4" t="inlineStr">
         <is>
           <t>Totaal (WTW)</t>
         </is>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Verbrandingsemissies (TTW)</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>Ketenemissies (WTT)</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>Eenheid</t>
         </is>
       </c>
       <c r="G225" s="4" t="inlineStr">
         <is>
           <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>Binnenvaart Gemiddeld, 1500-3000 ton (RHK-groot Rijnschip)</t>
+          <t>Luchtvaart Lange afstand</t>
         </is>
       </c>
       <c r="B226" s="5" t="n">
-        <v>0.031</v>
+        <v>0.55</v>
       </c>
       <c r="C226" s="5" t="n">
-        <v>0.023</v>
+        <v>0.431</v>
       </c>
       <c r="D226" s="5" t="n">
-        <v>0.008</v>
+        <v>0.119</v>
       </c>
       <c r="E226" t="inlineStr"/>
       <c r="F226" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G226" t="n">
-        <v>0.34</v>
+        <v>5.9</v>
       </c>
       <c r="H226" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="227">
-[...27 lines deleted...]
-      </c>
+    <row r="227" ht="40" customHeight="1">
+      <c r="A227" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Watervervoer</t>
+        </is>
+      </c>
+      <c r="B227" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr"/>
+      <c r="D227" t="inlineStr"/>
     </row>
     <row r="228">
-      <c r="A228" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A228" s="4" t="n"/>
+      <c r="B228" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E228" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G228" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>Zeevaart Deep Sea</t>
+          <t>Binnenvaart Gemiddeld, 1500-3000 ton (RHK-groot Rijnschip)</t>
         </is>
       </c>
       <c r="B229" s="5" t="n">
-        <v>0.007</v>
+        <v>0.031</v>
       </c>
       <c r="C229" s="5" t="n">
-        <v>0.005</v>
+        <v>0.023</v>
       </c>
       <c r="D229" s="5" t="n">
-        <v>0.002</v>
+        <v>0.008</v>
       </c>
       <c r="E229" t="inlineStr"/>
       <c r="F229" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G229" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.34</v>
       </c>
       <c r="H229" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>Zeevaart Gemiddelde</t>
+          <t>Binnenvaart Groot, 5000-11000 ton (koppelverband-duwbak)</t>
         </is>
       </c>
       <c r="B230" s="5" t="n">
-        <v>0.007</v>
+        <v>0.021</v>
       </c>
       <c r="C230" s="5" t="n">
+        <v>0.016</v>
+      </c>
+      <c r="D230" s="5" t="n">
         <v>0.005</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.002</v>
       </c>
       <c r="E230" t="inlineStr"/>
       <c r="F230" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G230" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.23</v>
       </c>
       <c r="H230" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>Zeevaart Kustvaart</t>
+          <t>Binnenvaart Klein, 300-600 ton (Spits-Kempenaar)</t>
         </is>
       </c>
       <c r="B231" s="5" t="n">
-        <v>0.022</v>
+        <v>0.041</v>
       </c>
       <c r="C231" s="5" t="n">
-        <v>0.018</v>
+        <v>0.031</v>
       </c>
       <c r="D231" s="5" t="n">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="E231" t="inlineStr"/>
       <c r="F231" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G231" t="n">
-        <v>0.23</v>
+        <v>0.45</v>
       </c>
       <c r="H231" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="232" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D232" t="inlineStr"/>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>Zeevaart Deep Sea</t>
+        </is>
+      </c>
+      <c r="B232" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="C232" s="5" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="D232" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="E232" t="inlineStr"/>
+      <c r="F232" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G232" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="H232" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="233">
-      <c r="A233" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>Zeevaart Gemiddelde</t>
+        </is>
+      </c>
+      <c r="B233" s="5" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="C233" s="5" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="D233" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="E233" t="inlineStr"/>
+      <c r="F233" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G233" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="H233" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>Bestelauto &lt;2 ton</t>
+          <t>Zeevaart Kustvaart</t>
         </is>
       </c>
       <c r="B234" s="5" t="n">
-        <v>1.326</v>
+        <v>0.022</v>
       </c>
       <c r="C234" s="5" t="n">
-        <v>1.005</v>
+        <v>0.018</v>
       </c>
       <c r="D234" s="5" t="n">
-        <v>0.321</v>
+        <v>0.004</v>
       </c>
       <c r="E234" t="inlineStr"/>
       <c r="F234" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G234" t="n">
-        <v>14.5</v>
+        <v>0.23</v>
       </c>
       <c r="H234" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="235">
-[...27 lines deleted...]
-      </c>
+    <row r="235" ht="40" customHeight="1">
+      <c r="A235" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Wegvervoer</t>
+        </is>
+      </c>
+      <c r="B235" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr"/>
+      <c r="D235" t="inlineStr"/>
     </row>
     <row r="236">
-      <c r="A236" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A236" s="4" t="n"/>
+      <c r="B236" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E236" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G236" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>Vrachtwagen vrachtwagen 10-20 ton</t>
+          <t>Bestelauto &lt;2 ton</t>
         </is>
       </c>
       <c r="B237" s="5" t="n">
-        <v>0.256</v>
+        <v>1.326</v>
       </c>
       <c r="C237" s="5" t="n">
-        <v>0.194</v>
+        <v>1.005</v>
       </c>
       <c r="D237" s="5" t="n">
-        <v>0.062</v>
+        <v>0.321</v>
       </c>
       <c r="E237" t="inlineStr"/>
       <c r="F237" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G237" t="n">
-        <v>2.8</v>
+        <v>14.5</v>
       </c>
       <c r="H237" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>Vrachtwagen vrachtwagen &gt; 20 ton plus aanhanger</t>
+          <t>Vrachtwagen &lt; 10 ton</t>
         </is>
       </c>
       <c r="B238" s="5" t="n">
-        <v>0.105</v>
+        <v>0.363</v>
       </c>
       <c r="C238" s="5" t="n">
-        <v>0.08</v>
+        <v>0.275</v>
       </c>
       <c r="D238" s="5" t="n">
-        <v>0.025</v>
+        <v>0.08799999999999999</v>
       </c>
       <c r="E238" t="inlineStr"/>
       <c r="F238" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G238" t="n">
-        <v>1.1</v>
+        <v>4</v>
       </c>
       <c r="H238" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>Vrachtwagen zware trekker + oplegger</t>
+          <t>Vrachtwagen LZV</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>0.08799999999999999</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="C239" s="5" t="n">
         <v>0.067</v>
       </c>
       <c r="D239" s="5" t="n">
         <v>0.021</v>
       </c>
       <c r="E239" t="inlineStr"/>
       <c r="F239" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G239" t="n">
-        <v>1</v>
+        <v>0.9</v>
       </c>
       <c r="H239" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="240" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D240" t="inlineStr"/>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>Vrachtwagen vrachtwagen 10-20 ton</t>
+        </is>
+      </c>
+      <c r="B240" s="5" t="n">
+        <v>0.256</v>
+      </c>
+      <c r="C240" s="5" t="n">
+        <v>0.194</v>
+      </c>
+      <c r="D240" s="5" t="n">
+        <v>0.062</v>
+      </c>
+      <c r="E240" t="inlineStr"/>
+      <c r="F240" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G240" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="H240" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="241">
-      <c r="A241" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>Vrachtwagen vrachtwagen &gt; 20 ton plus aanhanger</t>
+        </is>
+      </c>
+      <c r="B241" s="5" t="n">
+        <v>0.105</v>
+      </c>
+      <c r="C241" s="5" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="D241" s="5" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="E241" t="inlineStr"/>
+      <c r="F241" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G241" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="H241" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>Trein Combinatie</t>
+          <t>Vrachtwagen zware trekker + oplegger</t>
         </is>
       </c>
       <c r="B242" s="5" t="n">
-        <v>0.018</v>
+        <v>0.08799999999999999</v>
       </c>
       <c r="C242" s="5" t="n">
-        <v>0.005</v>
+        <v>0.067</v>
       </c>
       <c r="D242" s="5" t="n">
-        <v>0.013</v>
+        <v>0.021</v>
       </c>
       <c r="E242" t="inlineStr"/>
       <c r="F242" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G242" t="n">
+        <v>1</v>
+      </c>
+      <c r="H242" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" ht="40" customHeight="1">
+      <c r="A243" s="3" t="inlineStr">
+        <is>
+          <t>Containers - Spoorvervoer</t>
+        </is>
+      </c>
+      <c r="B243" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr"/>
+      <c r="D243" t="inlineStr"/>
+    </row>
+    <row r="244">
+      <c r="A244" s="4" t="n"/>
+      <c r="B244" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E244" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G244" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>Trein Combinatie</t>
+        </is>
+      </c>
+      <c r="B245" s="5" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="C245" s="5" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="D245" s="5" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="E245" t="inlineStr"/>
+      <c r="F245" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G245" t="n">
         <v>0.16</v>
       </c>
-      <c r="H242" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A243" t="inlineStr">
+      <c r="H245" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
         <is>
           <t>Trein Diesel</t>
         </is>
       </c>
-      <c r="B243" s="5" t="n">
+      <c r="B246" s="5" t="n">
         <v>0.027</v>
       </c>
-      <c r="C243" s="5" t="n">
+      <c r="C246" s="5" t="n">
         <v>0.02</v>
       </c>
-      <c r="D243" s="5" t="n">
+      <c r="D246" s="5" t="n">
         <v>0.007</v>
       </c>
-      <c r="E243" t="inlineStr"/>
-      <c r="F243" s="7" t="inlineStr">
+      <c r="E246" t="inlineStr"/>
+      <c r="F246" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
-      <c r="G243" t="n">
+      <c r="G246" t="n">
         <v>0.29</v>
       </c>
-      <c r="H243" s="8" t="inlineStr">
-[...78 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="H246" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>Trein Combinatie</t>
+          <t>Trein Elektrisch</t>
         </is>
       </c>
       <c r="B247" s="5" t="n">
-        <v>0.012</v>
-[...2 lines deleted...]
-        <v>0.004</v>
+        <v>0.015</v>
+      </c>
+      <c r="C247" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D247" s="5" t="n">
-        <v>0.008</v>
+        <v>0.015</v>
       </c>
       <c r="E247" t="inlineStr"/>
       <c r="F247" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G247" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="H247" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" ht="40" customHeight="1">
+      <c r="A248" s="3" t="inlineStr">
+        <is>
+          <t>Bulk- en stukgoederen - Spoorvervoer</t>
+        </is>
+      </c>
+      <c r="B248" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr"/>
+      <c r="D248" t="inlineStr"/>
+    </row>
+    <row r="249">
+      <c r="A249" s="4" t="n"/>
+      <c r="B249" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E249" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G249" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>Trein Combinatie</t>
+        </is>
+      </c>
+      <c r="B250" s="5" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="C250" s="5" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="D250" s="5" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="E250" t="inlineStr"/>
+      <c r="F250" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G250" t="n">
         <v>0.1</v>
       </c>
-      <c r="H247" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A248" t="inlineStr">
+      <c r="H250" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
         <is>
           <t>Trein Diesel</t>
         </is>
       </c>
-      <c r="B248" s="5" t="n">
+      <c r="B251" s="5" t="n">
         <v>0.017</v>
       </c>
-      <c r="C248" s="5" t="n">
+      <c r="C251" s="5" t="n">
         <v>0.013</v>
       </c>
-      <c r="D248" s="5" t="n">
+      <c r="D251" s="5" t="n">
         <v>0.004</v>
       </c>
-      <c r="E248" t="inlineStr"/>
-      <c r="F248" s="7" t="inlineStr">
+      <c r="E251" t="inlineStr"/>
+      <c r="F251" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
-      <c r="G248" t="n">
+      <c r="G251" t="n">
         <v>0.19</v>
       </c>
-      <c r="H248" s="8" t="inlineStr">
-[...78 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="H251" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>Binnenvaart 348 TEU (koppelverband)</t>
+          <t>Trein Elektrisch</t>
         </is>
       </c>
       <c r="B252" s="5" t="n">
-        <v>0.027</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="C252" s="6" t="n">
+        <v>0</v>
       </c>
       <c r="D252" s="5" t="n">
-        <v>0.007</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="E252" t="inlineStr"/>
       <c r="F252" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G252" t="n">
-        <v>0.29</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="H252" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="253">
-[...27 lines deleted...]
-      </c>
+    <row r="253" ht="40" customHeight="1">
+      <c r="A253" s="3" t="inlineStr">
+        <is>
+          <t>Containers - Watervervoer</t>
+        </is>
+      </c>
+      <c r="B253" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr"/>
+      <c r="D253" t="inlineStr"/>
     </row>
     <row r="254">
-      <c r="A254" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A254" s="4" t="n"/>
+      <c r="B254" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E254" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G254" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>Binnenvaart (gemiddelde) 208 TEU (Groot Rijnschip)</t>
+          <t>Binnenvaart 348 TEU (koppelverband)</t>
         </is>
       </c>
       <c r="B255" s="5" t="n">
-        <v>0.032</v>
+        <v>0.027</v>
       </c>
       <c r="C255" s="5" t="n">
-        <v>0.024</v>
+        <v>0.02</v>
       </c>
       <c r="D255" s="5" t="n">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
       <c r="E255" t="inlineStr"/>
       <c r="F255" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G255" t="n">
-        <v>0.35</v>
+        <v>0.29</v>
       </c>
       <c r="H255" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>Zeevaart Deep Sea</t>
+          <t>Binnenvaart 40 TEU (Neo Kemp)</t>
         </is>
       </c>
       <c r="B256" s="5" t="n">
-        <v>0.012</v>
+        <v>0.054</v>
       </c>
       <c r="C256" s="5" t="n">
-        <v>0.01</v>
+        <v>0.041</v>
       </c>
       <c r="D256" s="5" t="n">
-        <v>0.002</v>
+        <v>0.013</v>
       </c>
       <c r="E256" t="inlineStr"/>
       <c r="F256" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G256" t="n">
-        <v>0.12</v>
+        <v>0.58</v>
       </c>
       <c r="H256" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>Zeevaart Gemiddelde</t>
+          <t>Binnenvaart 96 TEU (Rijn Herne Kanaal)</t>
         </is>
       </c>
       <c r="B257" s="5" t="n">
-        <v>0.012</v>
+        <v>0.052</v>
       </c>
       <c r="C257" s="5" t="n">
-        <v>0.01</v>
+        <v>0.039</v>
       </c>
       <c r="D257" s="5" t="n">
-        <v>0.002</v>
+        <v>0.013</v>
       </c>
       <c r="E257" t="inlineStr"/>
       <c r="F257" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G257" t="n">
-        <v>0.12</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="H257" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>Zeevaart Kustvaart</t>
+          <t>Binnenvaart (gemiddelde) 208 TEU (Groot Rijnschip)</t>
         </is>
       </c>
       <c r="B258" s="5" t="n">
         <v>0.032</v>
       </c>
       <c r="C258" s="5" t="n">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
       <c r="D258" s="5" t="n">
-        <v>0.006</v>
+        <v>0.008</v>
       </c>
       <c r="E258" t="inlineStr"/>
       <c r="F258" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G258" t="n">
-        <v>0.33</v>
+        <v>0.35</v>
       </c>
       <c r="H258" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="259" ht="40" customHeight="1">
-[...11 lines deleted...]
-      <c r="D259" t="inlineStr"/>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>Zeevaart Deep Sea</t>
+        </is>
+      </c>
+      <c r="B259" s="5" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="C259" s="5" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="D259" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="E259" t="inlineStr"/>
+      <c r="F259" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G259" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="H259" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
     </row>
     <row r="260">
-      <c r="A260" s="4" t="n"/>
-[...27 lines deleted...]
-          <t>Conversie MJ</t>
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>Zeevaart Gemiddelde</t>
+        </is>
+      </c>
+      <c r="B260" s="5" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="C260" s="5" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="D260" s="5" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="E260" t="inlineStr"/>
+      <c r="F260" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G260" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="H260" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>Vrachtwagen &gt; 20 ton</t>
+          <t>Zeevaart Kustvaart</t>
         </is>
       </c>
       <c r="B261" s="5" t="n">
-        <v>0.212</v>
+        <v>0.032</v>
       </c>
       <c r="C261" s="5" t="n">
-        <v>0.161</v>
+        <v>0.026</v>
       </c>
       <c r="D261" s="5" t="n">
-        <v>0.051</v>
+        <v>0.006</v>
       </c>
       <c r="E261" t="inlineStr"/>
       <c r="F261" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G261" t="n">
-        <v>2.3</v>
+        <v>0.33</v>
       </c>
       <c r="H261" s="8" t="inlineStr">
         <is>
           <t>Link</t>
         </is>
       </c>
     </row>
-    <row r="262">
-[...27 lines deleted...]
-      </c>
+    <row r="262" ht="40" customHeight="1">
+      <c r="A262" s="3" t="inlineStr">
+        <is>
+          <t>Containers - Wegvervoer</t>
+        </is>
+      </c>
+      <c r="B262" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr"/>
+      <c r="D262" t="inlineStr"/>
     </row>
     <row r="263">
-      <c r="A263" t="inlineStr">
-[...24 lines deleted...]
-          <t>Link</t>
+      <c r="A263" s="4" t="n"/>
+      <c r="B263" s="4" t="inlineStr">
+        <is>
+          <t>Totaal (WTW)</t>
+        </is>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Verbrandingsemissies (TTW)</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>Ketenemissies (WTT)</t>
+        </is>
+      </c>
+      <c r="E263" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G263" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>Vrachtwagen Trekker met oplegger zwaar</t>
+          <t>Vrachtwagen &gt; 20 ton</t>
         </is>
       </c>
       <c r="B264" s="5" t="n">
-        <v>0.121</v>
+        <v>0.212</v>
       </c>
       <c r="C264" s="5" t="n">
-        <v>0.092</v>
+        <v>0.161</v>
       </c>
       <c r="D264" s="5" t="n">
-        <v>0.029</v>
+        <v>0.051</v>
       </c>
       <c r="E264" t="inlineStr"/>
       <c r="F264" s="7" t="inlineStr">
         <is>
           <t>tonkilometer</t>
         </is>
       </c>
       <c r="G264" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="H264" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>Vrachtwagen &gt; 20 ton met aanhanger</t>
+        </is>
+      </c>
+      <c r="B265" s="5" t="n">
+        <v>0.122</v>
+      </c>
+      <c r="C265" s="5" t="n">
+        <v>0.093</v>
+      </c>
+      <c r="D265" s="5" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="E265" t="inlineStr"/>
+      <c r="F265" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G265" t="n">
         <v>1.3</v>
       </c>
-      <c r="H264" s="8" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A265" s="1" t="inlineStr">
+      <c r="H265" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>Vrachtwagen LZV</t>
+        </is>
+      </c>
+      <c r="B266" s="5" t="n">
+        <v>0.109</v>
+      </c>
+      <c r="C266" s="5" t="n">
+        <v>0.083</v>
+      </c>
+      <c r="D266" s="5" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="E266" t="inlineStr"/>
+      <c r="F266" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G266" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="H266" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>Vrachtwagen Trekker met oplegger zwaar</t>
+        </is>
+      </c>
+      <c r="B267" s="5" t="n">
+        <v>0.121</v>
+      </c>
+      <c r="C267" s="5" t="n">
+        <v>0.092</v>
+      </c>
+      <c r="D267" s="5" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="E267" t="inlineStr"/>
+      <c r="F267" s="7" t="inlineStr">
+        <is>
+          <t>tonkilometer</t>
+        </is>
+      </c>
+      <c r="G267" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="H267" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="268" ht="40" customHeight="1">
+      <c r="A268" s="1" t="inlineStr">
         <is>
           <t>Afval</t>
-        </is>
-[...67 lines deleted...]
-          <t>Link</t>
         </is>
       </c>
     </row>
     <row r="269" ht="40" customHeight="1">
       <c r="A269" s="3" t="inlineStr">
         <is>
-          <t>Gescheiden afval</t>
+          <t>Ongescheiden afval</t>
         </is>
       </c>
       <c r="B269" s="4" t="inlineStr">
         <is>
           <t>Kg CO₂-eq / eenheid</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
     </row>
+    <row r="270">
+      <c r="A270" s="4" t="n"/>
+      <c r="B270" s="4" t="inlineStr">
+        <is>
+          <t>Verwerking</t>
+        </is>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>Transport (optioneel)</t>
+        </is>
+      </c>
+      <c r="E270" s="4" t="inlineStr">
+        <is>
+          <t>Vermeden emissies</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G270" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Testfactor </t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr"/>
+      <c r="C271" t="inlineStr"/>
+      <c r="D271" t="inlineStr"/>
+      <c r="E271" t="inlineStr"/>
+      <c r="F271" s="7" t="inlineStr">
+        <is>
+          <t>ton</t>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr"/>
+      <c r="H271" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" ht="40" customHeight="1">
+      <c r="A272" s="3" t="inlineStr">
+        <is>
+          <t>Gescheiden afval</t>
+        </is>
+      </c>
+      <c r="B272" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr"/>
+      <c r="D272" t="inlineStr"/>
+    </row>
+    <row r="273" ht="40" customHeight="1">
+      <c r="A273" s="3" t="inlineStr">
+        <is>
+          <t>Afvalwater</t>
+        </is>
+      </c>
+      <c r="B273" s="4" t="inlineStr">
+        <is>
+          <t>Kg CO₂-eq / eenheid</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr"/>
+      <c r="D273" t="inlineStr"/>
+    </row>
+    <row r="274">
+      <c r="A274" s="4" t="n"/>
+      <c r="B274" s="4" t="inlineStr">
+        <is>
+          <t>Totaal</t>
+        </is>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>CO2</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>Methaan</t>
+        </is>
+      </c>
+      <c r="E274" s="4" t="inlineStr">
+        <is>
+          <t>Lachgas</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>Eenheid</t>
+        </is>
+      </c>
+      <c r="G274" s="4" t="inlineStr">
+        <is>
+          <t>Conversie MJ</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Afvalwater </t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr"/>
+      <c r="C275" t="inlineStr"/>
+      <c r="D275" t="inlineStr"/>
+      <c r="E275" t="inlineStr"/>
+      <c r="F275" s="7" t="inlineStr">
+        <is>
+          <t>Vervuilingseenheid</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr"/>
+      <c r="H275" s="8" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="42">
-[...11 lines deleted...]
-    <mergeCell ref="B148:F148"/>
+  <mergeCells count="43">
+    <mergeCell ref="A36:H36"/>
+    <mergeCell ref="B273:F273"/>
+    <mergeCell ref="B37:F37"/>
+    <mergeCell ref="B178:F178"/>
+    <mergeCell ref="B194:F194"/>
+    <mergeCell ref="B18:F18"/>
+    <mergeCell ref="A4:H4"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="B68:F68"/>
-[...13 lines deleted...]
-    <mergeCell ref="B113:F113"/>
+    <mergeCell ref="B215:F215"/>
+    <mergeCell ref="B243:F243"/>
+    <mergeCell ref="B235:F235"/>
+    <mergeCell ref="B83:F83"/>
+    <mergeCell ref="B145:F145"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="B130:F130"/>
+    <mergeCell ref="A82:H82"/>
+    <mergeCell ref="B262:F262"/>
+    <mergeCell ref="B120:F120"/>
+    <mergeCell ref="B151:F151"/>
+    <mergeCell ref="B71:F71"/>
+    <mergeCell ref="A97:H97"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="B116:F116"/>
+    <mergeCell ref="A138:H138"/>
+    <mergeCell ref="B44:F44"/>
+    <mergeCell ref="B227:F227"/>
+    <mergeCell ref="B93:F93"/>
+    <mergeCell ref="A92:H92"/>
+    <mergeCell ref="B248:F248"/>
+    <mergeCell ref="B253:F253"/>
+    <mergeCell ref="B209:F209"/>
     <mergeCell ref="B269:F269"/>
-    <mergeCell ref="A3:H3"/>
-[...3 lines deleted...]
-    <mergeCell ref="A147:H147"/>
+    <mergeCell ref="A268:H268"/>
+    <mergeCell ref="B24:F24"/>
+    <mergeCell ref="B139:F139"/>
+    <mergeCell ref="B272:F272"/>
+    <mergeCell ref="B98:F98"/>
+    <mergeCell ref="A150:H150"/>
     <mergeCell ref="B224:F224"/>
-    <mergeCell ref="B117:F117"/>
-[...5 lines deleted...]
-    <mergeCell ref="A79:H79"/>
+    <mergeCell ref="B55:F55"/>
+    <mergeCell ref="B220:F220"/>
+    <mergeCell ref="A223:H223"/>
+    <mergeCell ref="B202:F202"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H7" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H8" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H9" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H10" r:id="rId4"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H11" r:id="rId5"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H12" r:id="rId6"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H13" r:id="rId7"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H14" r:id="rId8"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H15" r:id="rId9"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H16" r:id="rId10"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H19" r:id="rId11"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H17" r:id="rId11"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H20" r:id="rId12"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H21" r:id="rId13"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H22" r:id="rId14"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H25" r:id="rId15"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H23" r:id="rId15"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H26" r:id="rId16"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H27" r:id="rId17"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H28" r:id="rId18"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H29" r:id="rId19"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H30" r:id="rId20"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H31" r:id="rId21"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H32" r:id="rId22"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H36" r:id="rId23"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H38" r:id="rId25"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H33" r:id="rId23"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H34" r:id="rId24"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H35" r:id="rId25"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H39" r:id="rId26"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H40" r:id="rId27"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H43" r:id="rId28"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H45" r:id="rId30"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H41" r:id="rId28"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H42" r:id="rId29"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H43" r:id="rId30"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H46" r:id="rId31"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H47" r:id="rId32"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H48" r:id="rId33"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H49" r:id="rId34"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H50" r:id="rId35"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H51" r:id="rId36"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H54" r:id="rId37"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H56" r:id="rId39"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H52" r:id="rId37"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H53" r:id="rId38"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H54" r:id="rId39"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H57" r:id="rId40"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H58" r:id="rId41"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H59" r:id="rId42"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H60" r:id="rId43"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H61" r:id="rId44"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H62" r:id="rId45"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H63" r:id="rId46"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H64" r:id="rId47"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H65" r:id="rId48"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H66" r:id="rId49"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H67" r:id="rId50"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H70" r:id="rId51"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H72" r:id="rId53"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H68" r:id="rId51"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H69" r:id="rId52"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H70" r:id="rId53"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H73" r:id="rId54"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H74" r:id="rId55"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H75" r:id="rId56"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H76" r:id="rId57"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H77" r:id="rId58"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H78" r:id="rId59"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H82" r:id="rId60"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H84" r:id="rId62"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H79" r:id="rId60"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H80" r:id="rId61"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H81" r:id="rId62"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H85" r:id="rId63"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H86" r:id="rId64"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H87" r:id="rId65"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H88" r:id="rId66"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H92" r:id="rId67"/>
-[...3 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H99" r:id="rId71"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H89" r:id="rId67"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H90" r:id="rId68"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H91" r:id="rId69"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H95" r:id="rId70"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H96" r:id="rId71"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H100" r:id="rId72"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H101" r:id="rId73"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H102" r:id="rId74"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H103" r:id="rId75"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H104" r:id="rId76"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H105" r:id="rId77"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H106" r:id="rId78"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H107" r:id="rId79"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H108" r:id="rId80"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H109" r:id="rId81"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H110" r:id="rId82"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H111" r:id="rId83"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H112" r:id="rId84"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H115" r:id="rId85"/>
-[...3 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H121" r:id="rId89"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H113" r:id="rId85"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H114" r:id="rId86"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H115" r:id="rId87"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H118" r:id="rId88"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H119" r:id="rId89"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H122" r:id="rId90"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H123" r:id="rId91"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H124" r:id="rId92"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H125" r:id="rId93"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H126" r:id="rId94"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H129" r:id="rId95"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H131" r:id="rId97"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H127" r:id="rId95"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H128" r:id="rId96"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H129" r:id="rId97"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H132" r:id="rId98"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H133" r:id="rId99"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H134" r:id="rId100"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H138" r:id="rId101"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H140" r:id="rId103"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H135" r:id="rId101"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H136" r:id="rId102"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H137" r:id="rId103"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H141" r:id="rId104"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H144" r:id="rId105"/>
-[...4 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H152" r:id="rId110"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H142" r:id="rId105"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H143" r:id="rId106"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H144" r:id="rId107"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H147" r:id="rId108"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H148" r:id="rId109"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H149" r:id="rId110"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H153" r:id="rId111"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H154" r:id="rId112"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H155" r:id="rId113"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H156" r:id="rId114"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H157" r:id="rId115"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H158" r:id="rId116"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H159" r:id="rId117"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H160" r:id="rId118"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H161" r:id="rId119"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H162" r:id="rId120"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H163" r:id="rId121"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H164" r:id="rId122"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H165" r:id="rId123"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H166" r:id="rId124"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H167" r:id="rId125"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H168" r:id="rId126"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H169" r:id="rId127"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H170" r:id="rId128"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H171" r:id="rId129"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H172" r:id="rId130"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H173" r:id="rId131"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H174" r:id="rId132"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H177" r:id="rId133"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H179" r:id="rId135"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H175" r:id="rId133"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H176" r:id="rId134"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H177" r:id="rId135"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H180" r:id="rId136"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H181" r:id="rId137"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H182" r:id="rId138"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H183" r:id="rId139"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H184" r:id="rId140"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H185" r:id="rId141"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H186" r:id="rId142"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H187" r:id="rId143"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H188" r:id="rId144"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H189" r:id="rId145"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H190" r:id="rId146"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H193" r:id="rId147"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H195" r:id="rId149"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H191" r:id="rId147"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H192" r:id="rId148"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H193" r:id="rId149"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H196" r:id="rId150"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H197" r:id="rId151"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H198" r:id="rId152"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H201" r:id="rId153"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H203" r:id="rId155"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H199" r:id="rId153"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H200" r:id="rId154"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H201" r:id="rId155"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H204" r:id="rId156"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H205" r:id="rId157"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H208" r:id="rId158"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H210" r:id="rId160"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H206" r:id="rId158"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H207" r:id="rId159"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H208" r:id="rId160"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H211" r:id="rId161"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H214" r:id="rId162"/>
-[...6 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H228" r:id="rId169"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H212" r:id="rId162"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H213" r:id="rId163"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H214" r:id="rId164"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H217" r:id="rId165"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H218" r:id="rId166"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H219" r:id="rId167"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H222" r:id="rId168"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H226" r:id="rId169"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H229" r:id="rId170"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H230" r:id="rId171"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H231" r:id="rId172"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H234" r:id="rId173"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H236" r:id="rId175"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H232" r:id="rId173"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H233" r:id="rId174"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H234" r:id="rId175"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H237" r:id="rId176"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H238" r:id="rId177"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H239" r:id="rId178"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H242" r:id="rId179"/>
-[...7 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H254" r:id="rId187"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H240" r:id="rId179"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H241" r:id="rId180"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H242" r:id="rId181"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H245" r:id="rId182"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H246" r:id="rId183"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H247" r:id="rId184"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H250" r:id="rId185"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H251" r:id="rId186"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H252" r:id="rId187"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H255" r:id="rId188"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H256" r:id="rId189"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H257" r:id="rId190"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H258" r:id="rId191"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H261" r:id="rId192"/>
-[...1 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H263" r:id="rId194"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H259" r:id="rId192"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H260" r:id="rId193"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H261" r:id="rId194"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H264" r:id="rId195"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H268" r:id="rId196"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H265" r:id="rId196"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H266" r:id="rId197"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H267" r:id="rId198"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H271" r:id="rId199"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="H275" r:id="rId200"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId197"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId201"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>